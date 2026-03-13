--- v0 (2026-01-17)
+++ v1 (2026-03-13)
@@ -1,75 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7C30B2EB" w14:textId="77777777" w:rsidR="00612A86" w:rsidRDefault="00612A86" w:rsidP="00F70EFC">
+    <w:p w:rsidR="00612A86" w:rsidP="00F70EFC" w:rsidRDefault="00612A86" w14:paraId="7C30B2EB" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EF9B8AD" w14:textId="0B4F4C59" w:rsidR="009F3418" w:rsidRPr="00E67C72" w:rsidRDefault="00995C7B" w:rsidP="00F70EFC">
+    <w:p w:rsidRPr="00E67C72" w:rsidR="009F3418" w:rsidP="00F70EFC" w:rsidRDefault="00995C7B" w14:paraId="3EF9B8AD" w14:textId="0B4F4C59">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="30648AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecological </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -77,444 +76,420 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Habitat</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="30648AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Questionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8D5EC7" w14:textId="77EA7989" w:rsidR="00995C7B" w:rsidRDefault="03E3AA06">
+    <w:p w:rsidR="00995C7B" w:rsidRDefault="03E3AA06" w14:paraId="5E8D5EC7" w14:textId="77EA7989">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="30648AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Part 1</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="30648AF4">
+        <w:t xml:space="preserve">Part 1:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="30648AF4" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00995C7B" w:rsidRPr="30648AF4">
+        <w:t xml:space="preserve">Key </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6B73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Key</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00995C7B" w:rsidRPr="30648AF4">
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="30648AF4" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>uestions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B346213" w14:textId="4B2BFD7A" w:rsidR="005F1014" w:rsidRPr="007B67B9" w:rsidRDefault="005F1014" w:rsidP="00505804">
+    <w:p w:rsidRPr="007B67B9" w:rsidR="005F1014" w:rsidP="00505804" w:rsidRDefault="005F1014" w14:paraId="5B346213" w14:textId="4B2BFD7A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="00011802" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00011802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>respond to</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following questions </w:t>
       </w:r>
-      <w:r w:rsidR="000C3E33" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000C3E33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>regarding</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> potential </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitats</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE27F5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DE27F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">located on </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="007E4466" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007E4466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">near the site.  </w:t>
       </w:r>
-      <w:r w:rsidR="000C3E33" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000C3E33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Supporting documentation </w:t>
       </w:r>
-      <w:r w:rsidR="00F35252" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F35252">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidR="007E4466" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007E4466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
-      <w:r w:rsidR="009C1816" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="009C1816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provided </w:t>
       </w:r>
-      <w:r w:rsidR="00A965E1" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A965E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00937B2F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00937B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">validate </w:t>
       </w:r>
-      <w:r w:rsidR="006A275E" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="006A275E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">each </w:t>
       </w:r>
-      <w:r w:rsidR="00937B2F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00937B2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>response.</w:t>
       </w:r>
-      <w:r w:rsidR="00292695" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00292695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00AF1298" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AF1298">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
-      <w:r w:rsidR="00292695" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00292695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="008054B9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="008054B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">paragraph </w:t>
       </w:r>
-      <w:r w:rsidR="002376D7" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002376D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">following </w:t>
       </w:r>
-      <w:r w:rsidR="008054B9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="008054B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the questions </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5360" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00CB5360">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="002376D7" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002376D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">examples </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5360" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00CB5360">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of acceptable</w:t>
       </w:r>
-      <w:r w:rsidR="001F0766" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001F0766">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> forms of</w:t>
       </w:r>
-      <w:r w:rsidR="008054B9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="008054B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> documentation). </w:t>
       </w:r>
-      <w:r w:rsidR="00606B1B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00606B1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Definitions for all </w:t>
       </w:r>
-      <w:r w:rsidR="00606B1B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00606B1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>italicized</w:t>
       </w:r>
-      <w:r w:rsidR="00606B1B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00606B1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> terms </w:t>
       </w:r>
-      <w:r w:rsidR="00692CCB" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00692CCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are provided</w:t>
       </w:r>
-      <w:r w:rsidR="00606B1B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00606B1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on page </w:t>
       </w:r>
-      <w:r w:rsidR="00466BCE" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00466BCE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
-      <w:r w:rsidR="00606B1B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00606B1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of this questionnaire.</w:t>
       </w:r>
       <w:r w:rsidR="00606B1B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00903794" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00903794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD4F559" w14:textId="7C998319" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="006510C4">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="006510C4" w:rsidRDefault="00995C7B" w14:paraId="0FD4F559" w14:textId="7C998319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Are there </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -528,172 +503,180 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>areas</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on or adjacent to the site (excluding landscaped areas and agricultural lands under cultivation)?</w:t>
       </w:r>
-      <w:r w:rsidR="005412E9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005412E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_Hlk200984346"/>
-    <w:p w14:paraId="517AA5FD" w14:textId="3EA5DA86" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="006510C4">
+    <w:bookmarkStart w:name="_Hlk200984346" w:id="0"/>
+    <w:p w:rsidR="00995C7B" w:rsidP="006510C4" w:rsidRDefault="00000000" w14:paraId="517AA5FD" w14:textId="2E96B745">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...3 lines deleted...]
-          </w:rPr>
           <w:id w:val="1498695928"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00E0473D">
+          <w:r w:rsidRPr="21CCC031" w:rsidR="257EC1D3">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
-      </w:sdt>
-[...42 lines deleted...]
-        <w:sdtPr>
+        <w:sdtEndPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
+        </w:sdtEndPr>
+      </w:sdt>
+      <w:r w:rsidRPr="21CCC031" w:rsidR="00995C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21CCC031" w:rsidR="009B6151">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Provide information below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21CCC031" w:rsidR="004F5C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="21CCC031" w:rsidR="00DB40F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
           <w:id w:val="937943786"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+          <w:r w:rsidRPr="21CCC031" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:sdtEndPr>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="21CCC031" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   No</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="637D8150" w14:textId="0E490AD7" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="006510C4">
+    <w:p w:rsidR="00E0473D" w:rsidP="006510C4" w:rsidRDefault="00E0473D" w14:paraId="637D8150" w14:textId="0E490AD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6151">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="223C9205" wp14:editId="23319CCB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -712,580 +695,552 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5673725" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2BA54DED" w14:textId="3EEBB93A" w:rsidR="009B6151" w:rsidRPr="00DE3163" w:rsidRDefault="008F31D1">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="009B6151" w:rsidRDefault="008F31D1" w14:paraId="2BA54DED" w14:textId="3EEBB93A">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="1" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="2" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>Please describe the area and if any wildlife has been observed there.</w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="63535889"/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="009D1610" w:rsidRPr="00DE3163">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="009D1610">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="3" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t xml:space="preserve">  </w:t>
                                 </w:r>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                     </w:rPr>
                                     <w:id w:val="784161350"/>
                                     <w:showingPlcHdr/>
                                   </w:sdtPr>
                                   <w:sdtContent>
-                                    <w:r w:rsidR="00514803" w:rsidRPr="00DE3163">
+                                    <w:r w:rsidRPr="008E2CF4" w:rsidR="00514803">
                                       <w:rPr>
                                         <w:rStyle w:val="PlaceholderText"/>
                                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                        <w:rPrChange w:id="4" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...3 lines deleted...]
-                                        </w:rPrChange>
                                       </w:rPr>
                                       <w:t>Click or tap here to enter text.</w:t>
                                     </w:r>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="4B38A759">
+          <mc:Fallback>
+            <w:pict w14:anchorId="55883272">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="223C9205">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" style="position:absolute;left:0;text-align:left;margin-left:395.55pt;margin-top:6.3pt;width:446.75pt;height:110.6pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAn4VVWEAIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJcmmNOEWXLsOA&#10;7gJ0+wBZlmNhsqhRSuzs60spaRp0wx6G6UEQRero8JBc3gydYXuFXoMt+XiUc6ashFrbbcm/f9u8&#10;ueLMB2FrYcCqkh+U5zer16+WvSvUBFowtUJGINYXvSt5G4IrsszLVnXCj8ApS84GsBOBTNxmNYqe&#10;0DuTTfJ8nvWAtUOQynu6vTs6+SrhN42S4UvTeBWYKTlxC2nHtFdxz1ZLUWxRuFbLEw3xDyw6oS19&#10;eoa6E0GwHerfoDotETw0YSShy6BptFQpB8pmnL/I5qEVTqVcSBzvzjL5/wcrP+8f3FdkYXgHAxUw&#10;JeHdPcgfnllYt8Ju1S0i9K0SNX08jpJlvfPF6WmU2hc+glT9J6ipyGIXIAENDXZRFcqTEToV4HAW&#10;XQ2BSbqczRdvF5MZZ5J842k+nU9SWTJRPD136MMHBR2Lh5IjVTXBi/29D5GOKJ5C4m8ejK432phk&#10;4LZaG2R7QR2wSStl8CLMWNaX/HpGRP4Okaf1J4hOB2plo7uSX52DRBF1e2/r1GhBaHM8E2VjT0JG&#10;7Y4qhqEaKDAKWkF9IEkRji1LI0aHFvAXZz21a8n9z51AxZn5aKks1+PpNPZ3MqazBWnI8NJTXXqE&#10;lQRV8sDZ8bgOaSZS6u6WyrfRSdhnJieu1IZJ79PIxD6/tFPU82CvHgEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAN3Va5zcAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwq6pAoUQhx&#10;KqjUE6eGcnfjJYmI18F22/TvWU5w3JnRzNt6s9hJnNGH0ZGCx3UCAqlzZqReweF991CCCFGT0ZMj&#10;VHDFAJvm9qbWlXEX2uO5jb3gEgqVVjDEOFdShm5Aq8PazUjsfTpvdeTT99J4feFyO8k0SQpp9Ui8&#10;MOgZtwN2X+3JKii+22z19mFWtL/uXn1nc7M95Erd3y0vzyAiLvEvDL/4jA4NMx3diUwQkwJ+JLKa&#10;FiDYLZ+yHMRRQZplJcimlv/5mx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJ+FVVhAC&#10;AAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3dVr&#10;nNwAAAAHAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00DE3163" w:rsidR="009B6151" w:rsidRDefault="008F31D1" w14:paraId="3D868ABE" w14:textId="3EEBB93A">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="009B6151" w:rsidRDefault="008F31D1" w14:paraId="3D868ABE" w14:textId="3EEBB93A">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="28">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DE3163">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="29">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>Please describe the area and if any wildlife has been observed there.</w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="328510790"/>
+                          <w:id w:val="62184966"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="30">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="63535889"/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00DE3163" w:rsidR="009D1610">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="009D1610">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="32">
-[...1 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t xml:space="preserve">  </w:t>
                           </w:r>
                           <w:sdt>
                             <w:sdtPr>
-                              <w:id w:val="67240946"/>
+                              <w:id w:val="180382779"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="33">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:id w:val="784161350"/>
                               <w:showingPlcHdr/>
                             </w:sdtPr>
-                            <w:sdtEndPr>
-[...5 lines deleted...]
-                            </w:sdtEndPr>
                             <w:sdtContent>
-                              <w:r w:rsidRPr="00DE3163" w:rsidR="00514803">
+                              <w:r w:rsidRPr="008E2CF4" w:rsidR="00514803">
                                 <w:rPr>
                                   <w:rStyle w:val="PlaceholderText"/>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                  <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="35">
-[...3 lines deleted...]
-                                  </w:rPrChange>
                                 </w:rPr>
                                 <w:t>Click or tap here to enter text.</w:t>
                               </w:r>
                             </w:sdtContent>
                           </w:sdt>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE4EB39" w14:textId="73983C2B" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00E0473D">
+    <w:p w:rsidR="00E0473D" w:rsidP="00E0473D" w:rsidRDefault="00E0473D" w14:paraId="7EE4EB39" w14:textId="73983C2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the site </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> redeveloped, will these terrestrial areas remain? </w:t>
+        <w:t xml:space="preserve">If the site will be redeveloped, will these terrestrial areas remain? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A016BFB" w14:textId="2CBE6B68" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00E0473D">
+    <w:p w:rsidR="00E0473D" w:rsidP="00E0473D" w:rsidRDefault="00995222" w14:paraId="0A016BFB" w14:textId="55F48726">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E0473D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E0473D">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1755311982"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00E0473D" w:rsidR="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E0473D" w:rsidR="00E0473D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0473D">
+      <w:r w:rsidRPr="00E0473D" w:rsidR="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E0473D">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">   No</w:t>
+      <w:r w:rsidRPr="00E0473D" w:rsidR="00E0473D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="2101521286"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00E0473D" w:rsidR="00E0473D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61100DAD" w14:textId="560BDAE9" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="006510C4">
+    <w:p w:rsidR="00E0473D" w:rsidP="006510C4" w:rsidRDefault="00E0473D" w14:paraId="61100DAD" w14:textId="560BDAE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="067C5BF1" w14:textId="5723AA4C" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="006510C4" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="006510C4" w14:paraId="067C5BF1" w14:textId="5723AA4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
-[...25 lines deleted...]
-      <w:r w:rsidR="00136B00" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are there potential </w:t>
+      </w:r>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00136B00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wetlands</w:t>
       </w:r>
-      <w:r w:rsidR="00EA05B1" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00EA05B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, marshes, </w:t>
       </w:r>
-      <w:r w:rsidR="004D1DE5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004D1DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">swamps or </w:t>
       </w:r>
-      <w:r w:rsidR="00531996" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00531996">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vernal</w:t>
       </w:r>
-      <w:r w:rsidR="004D1DE5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004D1DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pools</w:t>
       </w:r>
-      <w:r w:rsidR="3FA99368" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="3FA99368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="79666049" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="79666049">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on or adjacent to the site </w:t>
       </w:r>
-      <w:r w:rsidR="3FA99368" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="3FA99368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="361E2C05" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="361E2C05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do not include constructed surface water run-off controls)</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23745904" w14:textId="27B4172D" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="23745904" w14:textId="27B4172D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1630198724"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+          <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="008737A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Provide information below</w:t>
       </w:r>
       <w:r w:rsidR="004F5C1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008737A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="283240092"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+          <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B47E33" w14:textId="28B360A1" w:rsidR="00A55720" w:rsidRPr="00995C7B" w:rsidRDefault="00DB40F4" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00A55720" w:rsidP="210857E3" w:rsidRDefault="00DB40F4" w14:paraId="08B47E33" w14:textId="28B360A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB40F4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47FCFFD1" wp14:editId="77DC73B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>245745</wp:posOffset>
                 </wp:positionH>
@@ -1305,478 +1260,400 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5650230" cy="624205"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6AA8EAEB" w14:textId="7FCB7ACD" w:rsidR="00DB40F4" w:rsidRPr="00DE3163" w:rsidRDefault="004331A0">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00DB40F4" w:rsidRDefault="004331A0" w14:paraId="6AA8EAEB" w14:textId="7FCB7ACD">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="5" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:bookmarkStart w:id="6" w:name="_Hlk184904619"/>
-                            <w:r w:rsidRPr="00DE3163">
+                            <w:bookmarkStart w:name="_Hlk184904619" w:id="1"/>
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="7" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">Please describe the </w:t>
                             </w:r>
-                            <w:r w:rsidR="004B1449" w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="004B1449">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="8" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>area and if any wildlife has been observed there</w:t>
                             </w:r>
-                            <w:r w:rsidR="00F1166D" w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00F1166D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="9" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:bookmarkEnd w:id="6"/>
+                            <w:bookmarkEnd w:id="1"/>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="1552890246"/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="009D1610" w:rsidRPr="00DE3163">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="009D1610">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="10" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t xml:space="preserve">  </w:t>
                                 </w:r>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                     </w:rPr>
                                     <w:id w:val="-777260760"/>
                                     <w:showingPlcHdr/>
                                   </w:sdtPr>
                                   <w:sdtContent>
-                                    <w:r w:rsidR="00514803" w:rsidRPr="00DE3163">
+                                    <w:r w:rsidRPr="008E2CF4" w:rsidR="00514803">
                                       <w:rPr>
                                         <w:rStyle w:val="PlaceholderText"/>
                                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                        <w:rPrChange w:id="11" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...3 lines deleted...]
-                                        </w:rPrChange>
                                       </w:rPr>
                                       <w:t>Click or tap here to enter text.</w:t>
                                     </w:r>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="16C487A5">
+          <mc:Fallback>
+            <w:pict w14:anchorId="35B31D15">
               <v:shape id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:19.35pt;margin-top:-.15pt;width:444.9pt;height:49.15pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtodXxEgIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940dN053rTirbbap&#10;Km0P0rYPgDG2UTFDgcROn74D9mbT001VLhDDwM/MN8PmZuwVOQrrJOiSLhcpJUJzqKVuS/rl8/7F&#10;FSXOM10zBVqU9CQcvdk+f7YZTCEy6EDVwhIU0a4YTEk7702RJI53omduAUZodDZge+bRtG1SWzag&#10;eq+SLE3XyQC2Nha4cA537yYn3Ub9phHcf2waJzxRJcXYfJxtnKswJ9sNK1rLTCf5HAb7hyh6JjU+&#10;epa6Y56Rg5W/SfWSW3DQ+AWHPoGmkVzEHDCbZfpLNg8dMyLmgnCcOWNy/0+Wfzg+mE+W+PE1jFjA&#10;mIQz98C/OqJh1zHdiltrYegEq/HhZUCWDMYV89WA2hUuiFTDe6ixyOzgIQqNje0DFcyToDoW4HSG&#10;LkZPOG7m6zzNXqKLo2+drbI0j0+w4vG2sc6/FdCTsCipxaJGdXa8dz5Ew4rHI+ExB0rWe6lUNGxb&#10;7ZQlR4YNsI9jVv/pmNJkKOl1nuUTgL9KpHH8SaKXHjtZyb6kV+dDrAjY3ug69plnUk1rDFnpmWNA&#10;N0H0YzUSWc+QA9YK6hOCtTA1Ln40XHRgv1MyYNOW1H07MCsoUe80Fud6uVqFLo/GKn+VoWEvPdWl&#10;h2mOUiX1lEzLnY8/I3Izt1jEvYx8nyKZQ8ZmjNjnjxO6/dKOp56+9/YHAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAk/hArdwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VIXKrWoVFK&#10;GuJUUKknTg3l7sbbJCJeB9tt079nOcFtRjOaeeVmsoO4oA+9IwVPiwQEUuNMT62Cw8dunoMIUZPR&#10;gyNUcMMAm+r+rtSFcVfa46WOreARCoVW0MU4FlKGpkOrw8KNSJydnLc6svWtNF5fedwOcpkkK2l1&#10;T/zQ6RG3HTZf9dkqWH3X6ez908xof9u9+cZmZnvIlHp8mF5fQESc4l8ZfvEZHSpmOrozmSAGBWn+&#10;zE0F8xQEx+tlnoE4ssgTkFUp//NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBtodXx&#10;EgIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCT&#10;+ECt3AAAAAcBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" w14:anchorId="47FCFFD1">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00DE3163" w:rsidR="00DB40F4" w:rsidRDefault="004331A0" w14:paraId="3115F0BA" w14:textId="7FCB7ACD">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00DB40F4" w:rsidRDefault="004331A0" w14:paraId="3115F0BA" w14:textId="7FCB7ACD">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="51">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DE3163">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="53">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">Please describe the </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00DE3163" w:rsidR="004B1449">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="004B1449">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="54">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>area and if any wildlife has been observed there</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00DE3163" w:rsidR="00F1166D">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00F1166D">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="55">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="1019059129"/>
+                          <w:id w:val="428914720"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="56">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="1552890246"/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00DE3163" w:rsidR="009D1610">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="009D1610">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="58">
-[...1 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t xml:space="preserve">  </w:t>
                           </w:r>
                           <w:sdt>
                             <w:sdtPr>
-                              <w:id w:val="140978221"/>
+                              <w:id w:val="1263302086"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="59">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:id w:val="-777260760"/>
                               <w:showingPlcHdr/>
                             </w:sdtPr>
-                            <w:sdtEndPr>
-[...5 lines deleted...]
-                            </w:sdtEndPr>
                             <w:sdtContent>
-                              <w:r w:rsidRPr="00DE3163" w:rsidR="00514803">
+                              <w:r w:rsidRPr="008E2CF4" w:rsidR="00514803">
                                 <w:rPr>
                                   <w:rStyle w:val="PlaceholderText"/>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                  <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="61">
-[...3 lines deleted...]
-                                  </w:rPrChange>
                                 </w:rPr>
                                 <w:t>Click or tap here to enter text.</w:t>
                               </w:r>
                             </w:sdtContent>
                           </w:sdt>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006510C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.3</w:t>
       </w:r>
       <w:r w:rsidR="006510C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="006510C4">
+      <w:r w:rsidRPr="006510C4" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Are</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00A55720">
-[...25 lines deleted...]
-      <w:r w:rsidR="007521E4" w:rsidRPr="00A55720">
+      <w:r w:rsidRPr="00A55720" w:rsidR="00995C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there surface water bodies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A55720" w:rsidR="007521E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g., rivers, </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4D59" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00CD4D59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>intermittent</w:t>
       </w:r>
-      <w:r w:rsidR="0057575B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0057575B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ephemeral</w:t>
       </w:r>
       <w:r w:rsidR="00CD4D59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4D59" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00CD4D59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>perennial</w:t>
       </w:r>
       <w:r w:rsidR="00CD4D59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007521E4" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007521E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>streams</w:t>
       </w:r>
-      <w:r w:rsidR="007521E4" w:rsidRPr="00A55720">
+      <w:r w:rsidRPr="00A55720" w:rsidR="007521E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D11CA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lakes, </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4D59" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00CD4D59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seasonal</w:t>
       </w:r>
-      <w:r w:rsidR="001E3AA3" w:rsidRPr="00A55720">
+      <w:r w:rsidRPr="00A55720" w:rsidR="001E3AA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E3AA3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001E3AA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ponds</w:t>
       </w:r>
       <w:r w:rsidR="00FF52FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="4835A486" w:rsidRPr="1146A910">
+      <w:r w:rsidRPr="1146A910" w:rsidR="4835A486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A3FF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="4835A486" w:rsidRPr="1146A910">
+      <w:r w:rsidRPr="1146A910" w:rsidR="4835A486">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do not include constructed surface water run-off controls</w:t>
       </w:r>
       <w:r w:rsidR="009A07C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="007521E4" w:rsidRPr="00A55720">
+      <w:r w:rsidRPr="00A55720" w:rsidR="007521E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00A55720">
+      <w:r w:rsidRPr="00A55720" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on or adjacent to the site?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69CA47D5" w14:textId="5E67806F" w:rsidR="00995C7B" w:rsidRDefault="0081579A" w:rsidP="006510C4">
+    <w:p w:rsidR="00995C7B" w:rsidP="006510C4" w:rsidRDefault="0081579A" w14:paraId="69CA47D5" w14:textId="5E67806F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6600">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37D2A067" wp14:editId="073C4FC0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>262890</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>471460</wp:posOffset>
@@ -1794,608 +1671,564 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5579745" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6BE25119" w14:textId="19E09266" w:rsidR="001F6600" w:rsidRPr="00DE3163" w:rsidRDefault="008F31D1">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="001F6600" w:rsidRDefault="008F31D1" w14:paraId="6BE25119" w14:textId="19E09266">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="12" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="13" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>Please describe the area and if any wildlife has been observed there.</w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="1439412061"/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="009D1610" w:rsidRPr="00DE3163">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="009D1610">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="14" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t xml:space="preserve">  </w:t>
                                 </w:r>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                     </w:rPr>
                                     <w:id w:val="-677419990"/>
                                     <w:showingPlcHdr/>
                                   </w:sdtPr>
                                   <w:sdtContent>
-                                    <w:r w:rsidRPr="00DE3163">
+                                    <w:r w:rsidRPr="008E2CF4">
                                       <w:rPr>
                                         <w:rStyle w:val="PlaceholderText"/>
                                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                        <w:rPrChange w:id="15" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...3 lines deleted...]
-                                        </w:rPrChange>
                                       </w:rPr>
                                       <w:t>Click or tap here to enter text.</w:t>
                                     </w:r>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="5C5FFB32">
+          <mc:Fallback>
+            <w:pict w14:anchorId="2FDE2A0A">
               <v:shape id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:20.7pt;margin-top:37.1pt;width:439.35pt;height:110.6pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIrixMFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC92IrtprDpVly7T&#10;pO6H1O0PwIBjNMwxILGzv34HTtOo216m8YA4Dr7cfe64uR17TQ7SeQWmpvNZTok0HIQyu5p++7p9&#10;c02JD8wIpsHImh6lp7fr169uBlvJBXSghXQERYyvBlvTLgRbZZnnneyZn4GVBp0tuJ4FNN0uE44N&#10;qN7rbJHnV9kATlgHXHqPu/eTk66TfttKHj63rZeB6JpibCHNLs1NnLP1Dat2jtlO8VMY7B+i6Jky&#10;+OhZ6p4FRvZO/SbVK+7AQxtmHPoM2lZxmXLAbOb5i2weO2ZlygXheHvG5P+fLP90eLRfHAnjWxix&#10;gCkJbx+Af/fEwKZjZifvnIOhk0zgw/OILBusr05XI2pf+SjSDB9BYJHZPkASGlvXRyqYJ0F1LMDx&#10;DF2OgXDcLMvlalmUlHD0zYu8uFqksmSserpunQ/vJfQkLmrqsKpJnh0efIjhsOrpSHzNg1Ziq7RO&#10;hts1G+3IgWEHbNNIGbw4pg0ZaroqF+VE4K8SeRp/kuhVwFbWqq/p9fkQqyK3d0akRgtM6WmNIWtz&#10;AhnZTRTD2IxEiZou4gORawPiiGQdTJ2LPw0XHbiflAzYtTX1P/bMSUr0B4PVWc2LIrZ5MopyiSiJ&#10;u/Q0lx5mOErVNFAyLTchfY3Ezd5hFbcq8X2O5BQydmPCfvo5sd0v7XTq+X+vfwEAAP//AwBQSwME&#10;FAAGAAgAAAAhALiWUHbfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwq&#10;6iQk/QnZVFCpJ04N5e7GSxIRr0PstunbY07lOJrRzDfFZjK9ONPoOssI8TwCQVxb3XGDcPjYPa1A&#10;OK9Yq94yIVzJwaa8vytUru2F93SufCNCCbtcIbTeD7mUrm7JKDe3A3HwvuxolA9ybKQe1SWUm14m&#10;UbSQRnUcFlo10Lal+rs6GYTFT/U8e//UM95fd29jbTK9PWSIjw/T6wsIT5O/heEPP6BDGZiO9sTa&#10;iR4hjdOQRFimCYjgr5MoBnFESNZZCrIs5P8H5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiK4sTBYCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAuJZQdt8AAAAJAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" w14:anchorId="37D2A067">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00DE3163" w:rsidR="001F6600" w:rsidRDefault="008F31D1" w14:paraId="58114193" w14:textId="19E09266">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="001F6600" w:rsidRDefault="008F31D1" w14:paraId="58114193" w14:textId="19E09266">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="71">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DE3163">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="72">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>Please describe the area and if any wildlife has been observed there.</w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="1794715015"/>
+                          <w:id w:val="1411007843"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="73">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="1439412061"/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00DE3163" w:rsidR="009D1610">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="009D1610">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="75">
-[...1 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t xml:space="preserve">  </w:t>
                           </w:r>
                           <w:sdt>
                             <w:sdtPr>
-                              <w:id w:val="1503760939"/>
+                              <w:id w:val="1345285340"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="76">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:id w:val="-677419990"/>
                               <w:showingPlcHdr/>
                             </w:sdtPr>
-                            <w:sdtEndPr>
-[...5 lines deleted...]
-                            </w:sdtEndPr>
                             <w:sdtContent>
-                              <w:r w:rsidRPr="00DE3163">
+                              <w:r w:rsidRPr="008E2CF4">
                                 <w:rPr>
                                   <w:rStyle w:val="PlaceholderText"/>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                  <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="78">
-[...3 lines deleted...]
-                                  </w:rPrChange>
                                 </w:rPr>
                                 <w:t>Click or tap here to enter text.</w:t>
                               </w:r>
                             </w:sdtContent>
                           </w:sdt>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00504408">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="851296543"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="008737A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Provide information below</w:t>
       </w:r>
       <w:r w:rsidR="004F5C1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008737A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="34480571"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+          <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02968F8C" w14:textId="77777777" w:rsidR="0081579A" w:rsidRDefault="0081579A" w:rsidP="00612BE7">
+    <w:p w:rsidR="0081579A" w:rsidP="00612BE7" w:rsidRDefault="0081579A" w14:paraId="02968F8C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C71D494" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00612BE7">
+    <w:p w:rsidR="00E0473D" w:rsidP="00612BE7" w:rsidRDefault="00E0473D" w14:paraId="2C71D494" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72D5850F" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRPr="00612BE7" w:rsidRDefault="00E0473D" w:rsidP="00612BE7">
+    <w:p w:rsidRPr="00612BE7" w:rsidR="00E0473D" w:rsidP="00612BE7" w:rsidRDefault="00E0473D" w14:paraId="72D5850F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF708C6" w14:textId="21910C52" w:rsidR="00995C7B" w:rsidRPr="0001100B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="0001100B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="6DF708C6" w14:textId="21910C52">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Are there off-site habitat</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g., terrestrial, wetland, aquatic) that are downstream, downwind, or downgradient, that could be affected by </w:t>
       </w:r>
-      <w:r w:rsidR="00385506" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00385506">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">impacted </w:t>
       </w:r>
-      <w:r w:rsidR="00D377F1" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D377F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>media</w:t>
       </w:r>
-      <w:r w:rsidR="00C973A6" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C973A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> associated with </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a release from the site?</w:t>
       </w:r>
-      <w:r w:rsidR="00E0473D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  This question does not apply to sites enrolled in the Georgia Brownfield Program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A007B82" w14:textId="7FAA4A5D" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="00E0473D">
+    <w:p w:rsidR="00995C7B" w:rsidP="00E0473D" w:rsidRDefault="00000000" w14:paraId="7A007B82" w14:textId="7FAA4A5D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="center" w:pos="4950"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1196615350"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00BE09A1">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E00EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes  </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1338961621"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+          <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="00995C7B">
+      <w:r w:rsidRPr="00995C7B" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   No</w:t>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1982804855"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00E0473D">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Not applicable (Brownfield site)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746438AA" w14:textId="1DF4AC38" w:rsidR="00BC5B23" w:rsidRPr="00F6647A" w:rsidRDefault="0081579A" w:rsidP="0053122A">
+    <w:p w:rsidRPr="00F6647A" w:rsidR="00BC5B23" w:rsidP="0053122A" w:rsidRDefault="0081579A" w14:paraId="746438AA" w14:textId="1DF4AC38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008737A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F16F3B0" wp14:editId="7E9B9E2D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>349250</wp:posOffset>
                 </wp:positionH>
@@ -2415,1053 +2248,963 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5641340" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5358EB4F" w14:textId="37B85753" w:rsidR="008737A4" w:rsidRPr="004F5C1B" w:rsidRDefault="000D7D70">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="008737A4" w:rsidRDefault="000D7D70" w14:paraId="5358EB4F" w14:textId="37B85753">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="16" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="17" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">Please provide a description of the </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
-                                <w:rPrChange w:id="18" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...3 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>habitat</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="19" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve"> and </w:t>
                             </w:r>
-                            <w:r w:rsidR="00512C2D" w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00512C2D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="20" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>its</w:t>
                             </w:r>
-                            <w:r w:rsidR="00CD6DB1" w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00CD6DB1">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="21" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve"> distance from the </w:t>
                             </w:r>
-                            <w:r w:rsidR="00D24074" w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00D24074">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="22" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>facility boundary</w:t>
                             </w:r>
-                            <w:r w:rsidR="00F6647A" w:rsidRPr="004F5C1B">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00F6647A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="23" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">.  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="1769815141"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="00F6647A" w:rsidRPr="004F5C1B">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="00F6647A">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="24" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="7A08768A">
+          <mc:Fallback>
+            <w:pict w14:anchorId="2343E4B0">
               <v:shape id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:27.5pt;margin-top:6.25pt;width:444.2pt;height:110.6pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAA1dIFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2UydrrThVly7T&#10;pO6H1O0PwIBjNMwxILG7v74HTtOo216m8YA4Dr7cfe5YXY+9JgfpvAJT02KWUyINB6HMrqbfv23f&#10;XFLiAzOCaTCypg/S0+v161erwVZyDh1oIR1BEeOrwda0C8FWWeZ5J3vmZ2ClQWcLrmcBTbfLhGMD&#10;qvc6m+f5MhvACeuAS+9x93Zy0nXSb1vJw5e29TIQXVOMLaTZpbmJc7ZesWrnmO0UP4bB/iGKnimD&#10;j56kbllgZO/Ub1K94g48tGHGoc+gbRWXKQfMpshfZHPfMStTLgjH2xMm//9k+efDvf3qSBjfwYgF&#10;TEl4ewf8hycGNh0zO3njHAydZAIfLiKybLC+Ol6NqH3lo0gzfAKBRWb7AElobF0fqWCeBNWxAA8n&#10;6HIMhOPmYlkWFyW6OPqKMi+X81SWjFVP163z4YOEnsRFTR1WNcmzw50PMRxWPR2Jr3nQSmyV1slw&#10;u2ajHTkw7IBtGimDF8e0IUNNrxbzxUTgrxJ5Gn+S6FXAVtaqr+nl6RCrIrf3RqRGC0zpaY0ha3ME&#10;GdlNFMPYjESJml7EByLXBsQDknUwdS7+NFx04H5RMmDX1tT/3DMnKdEfDVbnqigjypCMcvEWURJ3&#10;7mnOPcxwlKppoGRabkL6GombvcEqblXi+xzJMWTsxoT9+HNiu5/b6dTz/14/AgAA//8DAFBLAwQU&#10;AAYACAAAACEAxzN7xt4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrq&#10;kDQthDgVVOqJU0N7d+MliYjXwXbb9O9ZTnCcndXMm3I92UGc0YfekYLHeQICqXGmp1bB/mP78AQi&#10;RE1GD45QwRUDrKvbm1IXxl1oh+c6toJDKBRaQRfjWEgZmg6tDnM3IrH36bzVkaVvpfH6wuF2kGmS&#10;LKXVPXFDp0fcdNh81SerYPldZ7P3g5nR7rp9843NzWafK3V/N72+gIg4xb9n+MVndKiY6ehOZIIY&#10;FOQ5T4l8T3MQ7D8vsgWIo4I0y1Ygq1L+X1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AIADV0gVAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMcze8beAAAACQEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="7F16F3B0">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="004F5C1B" w:rsidR="008737A4" w:rsidRDefault="000D7D70" w14:paraId="3DD6CC0B" w14:textId="37B85753">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="008737A4" w:rsidRDefault="000D7D70" w14:paraId="3DD6CC0B" w14:textId="37B85753">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="92">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="004F5C1B">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="93">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">Please provide a description of the </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F5C1B">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="94">
-[...3 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>habitat</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F5C1B">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="95">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve"> and </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F5C1B" w:rsidR="00512C2D">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00512C2D">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="96">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>its</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F5C1B" w:rsidR="00CD6DB1">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00CD6DB1">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="97">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve"> distance from the </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F5C1B" w:rsidR="00D24074">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00D24074">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="98">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>facility boundary</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="004F5C1B" w:rsidR="00F6647A">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00F6647A">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="99">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">.  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="840044451"/>
+                          <w:id w:val="2119369431"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="100">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="1769815141"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="004F5C1B" w:rsidR="00F6647A">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="00F6647A">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="102">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58658A44" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00D3638C">
+    <w:p w:rsidR="00E0473D" w:rsidP="00D3638C" w:rsidRDefault="00E0473D" w14:paraId="58658A44" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44041CBB" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00D3638C">
+    <w:p w:rsidR="00E0473D" w:rsidP="00D3638C" w:rsidRDefault="00E0473D" w14:paraId="44041CBB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="669182C1" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00D3638C">
+    <w:p w:rsidR="00E0473D" w:rsidP="00D3638C" w:rsidRDefault="00E0473D" w14:paraId="669182C1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47326C1B" w14:textId="2866520C" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="6847BF41" w:rsidP="00D3638C">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="00D3638C" w:rsidRDefault="6847BF41" w14:paraId="47326C1B" w14:textId="2866520C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Are there any planned future use(s) of the site</w:t>
       </w:r>
-      <w:r w:rsidR="00F60E3D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F60E3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="6F5A4668" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="6F5A4668">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="1D6F2695" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="1D6F2695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">current or </w:t>
       </w:r>
-      <w:r w:rsidR="00B11C97" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B11C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>future</w:t>
       </w:r>
-      <w:r w:rsidR="1D6F2695" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="1D6F2695">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use(s) </w:t>
       </w:r>
-      <w:r w:rsidR="6F5A4668" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="6F5A4668">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>near the site</w:t>
       </w:r>
-      <w:r w:rsidR="7795E413" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="7795E413">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0200B029" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0200B029">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F60E3D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F60E3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">such as conservation areas or arboretums, etc., </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that would result in </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">undeveloped </w:t>
       </w:r>
-      <w:r w:rsidR="00E0473D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E0473D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">terrestrial </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>areas</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, wetlands, or aquatic </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitats</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5BD4DC" w14:textId="020B0FB0" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="00D3638C">
+    <w:p w:rsidR="00995C7B" w:rsidP="00D3638C" w:rsidRDefault="00000000" w14:paraId="4E5BD4DC" w14:textId="020B0FB0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-615436568"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="474883593"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   No</w:t>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3C81E7" w14:textId="71A6BE23" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="00995C7B">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="4D3C81E7" w14:textId="71A6BE23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sufficient information needs to be provided to the EPD to document site conditions in relation to these questions.  If it can be documented that the answer to </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Sufficient information needs to be provided to the EPD to document site conditions in relation to these questions.  If it can be documented that the answer to all of these questions is “no”, then no further ecological assessment is warranted.  Typical documentation includes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following</w:t>
+      </w:r>
       <w:r w:rsidRPr="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>all of</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2550623F" w14:textId="1A1FE85A" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="2550623F" w14:textId="1A1FE85A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A current aerial </w:t>
       </w:r>
-      <w:r w:rsidR="1E5FE858" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="1E5FE858">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>photograph</w:t>
       </w:r>
-      <w:r w:rsidR="3CE88E43" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="3CE88E43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF340D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00EF340D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">showing </w:t>
       </w:r>
-      <w:r w:rsidR="00042709" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00042709">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008D68A1" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="008D68A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mile</w:t>
       </w:r>
-      <w:r w:rsidR="00042709" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00042709">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB1152" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AB1152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>beyond the facility bou</w:t>
       </w:r>
-      <w:r w:rsidR="00A446BA" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A446BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ndary.  The </w:t>
       </w:r>
-      <w:r w:rsidR="008D4188" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="008D4188">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">map should </w:t>
       </w:r>
-      <w:r w:rsidR="00D704EC" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D704EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>illustrate</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> site boundaries, known source areas, </w:t>
       </w:r>
-      <w:r w:rsidR="003A465D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003A465D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">extent of contamination </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and potential migration pathways (e.g., drainage swales, stormwater discharge points, etc.)</w:t>
       </w:r>
-      <w:r w:rsidR="005C6D0A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005C6D0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D5D0DF" w14:textId="308BAEC3" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="17D5D0DF" w14:textId="308BAEC3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">National Wetland Inventory map with an outline of the site boundaries, known source areas, </w:t>
       </w:r>
-      <w:r w:rsidR="00E47A78" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E47A78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>extent of contamination</w:t>
       </w:r>
-      <w:r w:rsidR="00A204EE" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A204EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and potential migration pathways (e.g., drainage swales, stormwater discharge points, etc.)</w:t>
       </w:r>
-      <w:r w:rsidR="001379C8" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001379C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BAC785" w14:textId="77777777" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="00BAC785" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>U.S. Fish &amp; Wildlife Service (USFWS) Information for Planning and Consultation (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IPaC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1884D7E4" w14:textId="77777777" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="1884D7E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Site information from the Georgia Department of Natural Resources (GADNR) Biodiversity Portal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF111CA" w14:textId="6330B1F4" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="5EF111CA" w14:textId="6330B1F4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the answer to any of the above questions is “yes”, please complete the remain</w:t>
       </w:r>
-      <w:r w:rsidR="7883456D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="7883456D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">er of the questionnaire as instructed below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128A8D8A" w14:textId="38BF20A6" w:rsidR="00995C7B" w:rsidRPr="002320C7" w:rsidRDefault="00D3638C" w:rsidP="00D3638C">
+    <w:p w:rsidRPr="002320C7" w:rsidR="00995C7B" w:rsidP="00D3638C" w:rsidRDefault="00D3638C" w14:paraId="128A8D8A" w14:textId="38BF20A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002320C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Part 2: </w:t>
       </w:r>
-      <w:r w:rsidR="004301D0" w:rsidRPr="002320C7">
+      <w:r w:rsidRPr="002320C7" w:rsidR="004301D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Harm to wildl</w:t>
       </w:r>
-      <w:r w:rsidR="00386AF4" w:rsidRPr="002320C7">
+      <w:r w:rsidRPr="002320C7" w:rsidR="00386AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ife</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFDC1C6" w14:textId="74FB9C00" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="001F71B2">
+    <w:p w:rsidR="00995C7B" w:rsidP="001F71B2" w:rsidRDefault="00995C7B" w14:paraId="4BFDC1C6" w14:textId="74FB9C00">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="30648AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Have there been any incidents where contaminants originating from the site </w:t>
       </w:r>
-      <w:r w:rsidR="00530E92" w:rsidRPr="30648AF4">
+      <w:r w:rsidRPr="30648AF4" w:rsidR="00530E92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evidently</w:t>
       </w:r>
-      <w:r w:rsidR="0002225C" w:rsidRPr="30648AF4">
+      <w:r w:rsidRPr="30648AF4" w:rsidR="0002225C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6A8C" w:rsidRPr="30648AF4">
+      <w:r w:rsidRPr="30648AF4" w:rsidR="00AE6A8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>harmed</w:t>
       </w:r>
       <w:r w:rsidRPr="30648AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wildlife?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C953A0" w14:textId="51B6AE2A" w:rsidR="00995C7B" w:rsidDel="006B28C5" w:rsidRDefault="00E0473D" w:rsidP="001F71B2">
+    <w:p w:rsidR="00995C7B" w:rsidDel="006B28C5" w:rsidP="001F71B2" w:rsidRDefault="00E0473D" w14:paraId="51C953A0" w14:textId="51B6AE2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A457A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45819FEF" wp14:editId="08FA79EB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>457835</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>304165</wp:posOffset>
@@ -3479,507 +3222,462 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5151755" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="20AAC15D" w14:textId="6EC7E3DB" w:rsidR="008A457A" w:rsidRPr="00E04AFB" w:rsidRDefault="008A457A">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="008A457A" w:rsidRDefault="008A457A" w14:paraId="20AAC15D" w14:textId="6EC7E3DB">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="25" w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00E04AFB">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="26" w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">Please describe the incident and what harm was caused </w:t>
                             </w:r>
-                            <w:r w:rsidR="00C67207" w:rsidRPr="00E04AFB">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00C67207">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="27" w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>to wildlife</w:t>
                             </w:r>
-                            <w:r w:rsidR="00047D22" w:rsidRPr="00E04AFB">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00047D22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="28" w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="-1309855770"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="00047D22" w:rsidRPr="00E04AFB">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="00047D22">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="29" w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="38BF201E">
+          <mc:Fallback>
+            <w:pict w14:anchorId="6DCE83D8">
               <v:shape id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:36.05pt;margin-top:23.95pt;width:405.65pt;height:110.6pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDEvzDpFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tyN6Dtc5qm22q&#10;StuDtO0DYMAxKmYokNjp03fA2Wy0bW+qcoEYBn5mvhlubqdBk710XoFpaLHIKZGGg1Bm29BvXzdv&#10;rijxgRnBNBjZ0IP09Hb1+tXNaGu5hB60kI6giPH1aBvah2DrLPO8lwPzC7DSoLMDN7CApttmwrER&#10;1QedLfP8IhvBCeuAS+9x93520lXS7zrJw+eu8zIQ3VCMLaTZpbmNc7a6YfXWMdsrfgyD/UMUA1MG&#10;Hz1J3bPAyM6p36QGxR146MKCw5BB1ykuUw6YTZG/yOaxZ1amXBCOtydM/v/J8k/7R/vFkTC9hQkL&#10;mJLw9gH4d08MrHtmtvLOORh7yQQ+XERk2Wh9fbwaUfvaR5F2/AgCi8x2AZLQ1LkhUsE8CapjAQ4n&#10;6HIKhONmVVTFZVVRwtFXlHl5sUxlyVj9dN06H95LGEhcNNRhVZM82z/4EMNh9dOR+JoHrcRGaZ0M&#10;t23X2pE9ww7YpJEyeHFMGzI29LpaVjOBv0rkafxJYlABW1mroaFXp0OsjtzeGZEaLTCl5zWGrM0R&#10;ZGQ3UwxTOxElGlrGByLXFsQByTqYOxd/Gi56cD8pGbFrG+p/7JiTlOgPBqtzXZRlbPNklNUloiTu&#10;3NOee5jhKNXQQMm8XIf0NRI3e4dV3KjE9zmSY8jYjQn78efEdj+306nn/736BQAA//8DAFBLAwQU&#10;AAYACAAAACEAJUf7WN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8UJk&#10;2wKl1L4SJeHkiYr3pftsG7tva3eB8u9dT3qczGTmm2I7mV5caHSdZYR4HoEgrq3uuEE4vu+fMhDO&#10;K9aqt0wIN3KwLe/vCpVre+UDXSrfiFDCLlcIrfdDLqWrWzLKze1AHLxPOxrlgxwbqUd1DeWml0kU&#10;pdKojsNCqwbatVR/VWeDkH5Xi9nbh57x4bZ/HWuz0rvjCvHxYXp5BuFp8n9h+MUP6FAGppM9s3ai&#10;R1gncUgiLNcbEMHPssUSxAkhSTcxyLKQ/x+UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDEvzDpFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAlR/tY3wAAAAkBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="45819FEF">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00E04AFB" w:rsidR="008A457A" w:rsidRDefault="008A457A" w14:paraId="1A53C09A" w14:textId="6EC7E3DB">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="008A457A" w:rsidRDefault="008A457A" w14:paraId="1A53C09A" w14:textId="6EC7E3DB">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z" w:id="119">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00E04AFB">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z" w:id="120">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">Please describe the incident and what harm was caused </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00E04AFB" w:rsidR="00C67207">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00C67207">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z" w:id="121">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>to wildlife</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00E04AFB" w:rsidR="00047D22">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00047D22">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z" w:id="122">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="1623579708"/>
+                          <w:id w:val="1284091612"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z" w:id="123">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="-1309855770"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00E04AFB" w:rsidR="00047D22">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="00047D22">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:00:00Z" w16du:dateUtc="2025-12-04T02:00:00Z" w:id="125">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1297570709"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00BA52E1">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
       <w:r w:rsidR="00B10065">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1097636567"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   No (Skip to Question </w:t>
       </w:r>
       <w:r w:rsidR="00E1697F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="003F6146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D80AD6" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="00995C7B">
+    <w:p w:rsidR="00E0473D" w:rsidP="00995C7B" w:rsidRDefault="00E0473D" w14:paraId="16D80AD6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569B8C1A" w14:textId="67DE4037" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="001C5D04">
+    <w:p w:rsidR="00995C7B" w:rsidP="001C5D04" w:rsidRDefault="00995C7B" w14:paraId="569B8C1A" w14:textId="67DE4037">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Has the cause of such harm been eliminated?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAD5384" w14:textId="77777777" w:rsidR="001C5D04" w:rsidRPr="00862D94" w:rsidRDefault="001C5D04" w:rsidP="001C5D04">
+    <w:p w:rsidRPr="00862D94" w:rsidR="001C5D04" w:rsidP="001C5D04" w:rsidRDefault="001C5D04" w14:paraId="6CAD5384" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F062BF" w14:textId="35030834" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="001C5D04">
+    <w:p w:rsidR="00995C7B" w:rsidP="001C5D04" w:rsidRDefault="00000000" w14:paraId="57F062BF" w14:textId="35030834">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1931537979"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes (Briefly describe the actions taken below and complete the remainer of the questionnaire</w:t>
       </w:r>
-      <w:r w:rsidR="00E04AFB" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E04AFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B54753" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B54753">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E97D171" w14:textId="77777777" w:rsidR="001C5D04" w:rsidRDefault="001C5D04" w:rsidP="001C5D04">
+    <w:p w:rsidR="001C5D04" w:rsidP="001C5D04" w:rsidRDefault="001C5D04" w14:paraId="5E97D171" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E424DFC" w14:textId="4CBB9821" w:rsidR="00995C7B" w:rsidRDefault="00B54753" w:rsidP="001C5D04">
+    <w:p w:rsidR="00995C7B" w:rsidP="001C5D04" w:rsidRDefault="00B54753" w14:paraId="4E424DFC" w14:textId="4CBB9821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1403"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1840809951"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No (Implement actions necessary to eliminate the harm.</w:t>
       </w:r>
       <w:r w:rsidR="00137232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Please complete the remainer of the questionnaire</w:t>
       </w:r>
       <w:r w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023A9439" w14:textId="7EB7E2C0" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="00995C7B">
+    <w:p w:rsidR="00995C7B" w:rsidP="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="023A9439" w14:textId="7EB7E2C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35F21D04" wp14:editId="0D6312BF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>167386</wp:posOffset>
@@ -3997,588 +3695,538 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5240020" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="74EC53CD" w14:textId="01AF3849" w:rsidR="00995C7B" w:rsidRPr="007345C7" w:rsidRDefault="00995C7B" w:rsidP="00995C7B">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00995C7B" w:rsidP="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="74EC53CD" w14:textId="01AF3849">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="30" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="007345C7">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="31" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">Actions Taken: </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="-31269136"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidRPr="007345C7">
+                                <w:r w:rsidRPr="008E2CF4">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="32" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="64102F63">
+          <mc:Fallback>
+            <w:pict w14:anchorId="6F3C3A8A">
               <v:shape id="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:361.4pt;margin-top:13.2pt;width:412.6pt;height:110.6pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5GecLEQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3YCp2uNOEWXLsOA&#10;rhvQ7QEUWY6FyaJGKbG7px8lu2n2dxmmg0CK1EfyI7m6HjrDjgq9Blvx+SznTFkJtbb7in/5vH11&#10;yZkPwtbCgFUVf1SeX69fvlj1rlQLaMHUChmBWF/2ruJtCK7MMi9b1Qk/A6csGRvATgRScZ/VKHpC&#10;70y2yPOLrAesHYJU3tPr7Wjk64TfNEqGj03jVWCm4pRbSDemexfvbL0S5R6Fa7Wc0hD/kEUntKWg&#10;J6hbEQQ7oP4NqtMSwUMTZhK6DJpGS5VqoGrm+S/VPLTCqVQLkePdiSb//2Dl/fHBfUIWhjcwUANT&#10;Ed7dgfzqmYVNK+xe3SBC3ypRU+B5pCzrnS+nr5FqX/oIsus/QE1NFocACWhosIusUJ2M0KkBjyfS&#10;1RCYpMflosjzBZkk2eZFXlyQEmOI8um7Qx/eKehYFCqO1NUEL453PoyuTy4xmgej6602Jim4320M&#10;sqOgCdimM6H/5GYs6yt+tVwsRwb+CpGn8yeITgcaZaO7il+enEQZeXtr6zRoQWgzylSdsRORkbuR&#10;xTDsBqZrIiUGiLzuoH4kZhHGyaVNI6EF/M5ZT1Nbcf/tIFBxZt5b6s7VvCjimCelWL6OvOK5ZXdu&#10;EVYSVMUDZ6O4CWk1Em/uhrq41Ynf50ymlGkaU4emzYnjfq4nr+f9Xv8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBWfxmU3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKuoQmlCl&#10;cSqo1BOnhnJ3420SEa+D7bbp37Oc6HFnRjNvy/VkB3FGH3pHCp7nCQikxpmeWgX7z+3TEkSImowe&#10;HKGCKwZYV/d3pS6Mu9AOz3VsBZdQKLSCLsaxkDI0HVod5m5EYu/ovNWRT99K4/WFy+0g0yTJpdU9&#10;8UKnR9x02HzXJ6sg/6lfZh9fZka76/bdNzYzm32m1OPD9LYCEXGK/2H4w2d0qJjp4E5kghgU8CNR&#10;QZovQLC7TLMUxIGFxWsOsirlLX/1CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPkZ5wsR&#10;AgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFZ/&#10;GZTcAAAABwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" w14:anchorId="35F21D04">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="007345C7" w:rsidR="00995C7B" w:rsidP="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="40B9104C" w14:textId="01AF3849">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00995C7B" w:rsidP="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="40B9104C" w14:textId="01AF3849">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="135">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="007345C7">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="136">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">Actions Taken: </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="1969464217"/>
+                          <w:id w:val="1879328369"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="137">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="-31269136"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="007345C7">
+                          <w:r w:rsidRPr="008E2CF4">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="139">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3087A4C3" w14:textId="77777777" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="00995C7B"/>
-    <w:p w14:paraId="168C0F04" w14:textId="22856715" w:rsidR="002E1FEC" w:rsidRPr="002320C7" w:rsidRDefault="00ED3273" w:rsidP="00A7400B">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="3087A4C3" w14:textId="77777777"/>
+    <w:p w:rsidRPr="002320C7" w:rsidR="002E1FEC" w:rsidP="00A7400B" w:rsidRDefault="00ED3273" w14:paraId="168C0F04" w14:textId="22856715">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002320C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Part 3: </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="002320C7">
+      <w:r w:rsidRPr="002320C7" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Contamination associated with Potential Ecological </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="002320C7">
+      <w:r w:rsidRPr="002320C7" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Habitats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207D7F46" w14:textId="6A347332" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="207D7F46" w14:textId="6A347332">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Have environmental media (e.g., soil, surface water, sediments, biota) associated with the ecological </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> been sampled and analyzed for site-related contaminants?</w:t>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="_Hlk184912551"/>
+      <w:bookmarkStart w:name="_Hlk184912551" w:id="3"/>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:p w14:paraId="79DC2228" w14:textId="77777777" w:rsidR="00692BD6" w:rsidRPr="0093383A" w:rsidRDefault="00692BD6" w:rsidP="210857E3">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidRPr="0093383A" w:rsidR="00692BD6" w:rsidP="210857E3" w:rsidRDefault="00692BD6" w14:paraId="79DC2228" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="199245C7" w14:textId="3B8D9DFF" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="199245C7" w14:textId="3B8D9DFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1677539643"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes (Provide comments below and proceed to the next question)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D857D6E" w14:textId="77777777" w:rsidR="00285315" w:rsidRPr="005F0898" w:rsidRDefault="00285315" w:rsidP="210857E3">
+    <w:p w:rsidRPr="005F0898" w:rsidR="00285315" w:rsidP="210857E3" w:rsidRDefault="00285315" w14:paraId="7D857D6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13BA866B" w14:textId="641F3C4F" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="13BA866B" w14:textId="641F3C4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1075816570"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No (</w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A workplan for sampling environmental media </w:t>
       </w:r>
-      <w:r w:rsidR="00984CC7" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00984CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the potential </w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be </w:t>
       </w:r>
-      <w:r w:rsidR="00E871F8" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E871F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">warranted </w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to determine </w:t>
       </w:r>
-      <w:r w:rsidR="00984CC7" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00984CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">whether </w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>site-related contamination has impacted</w:t>
       </w:r>
-      <w:r w:rsidR="001336FF" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001336FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or could impact</w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00E4510A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E4510A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0076676A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0076676A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B06ABB" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B06ABB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceed to </w:t>
       </w:r>
-      <w:r w:rsidR="003654F5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003654F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>next question</w:t>
       </w:r>
-      <w:r w:rsidR="009A02E0" w:rsidRPr="210857E3">
-[...33 lines deleted...]
-      <w:r w:rsidR="009A02E0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="009A02E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00851A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="210857E3" w:rsidR="009A02E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">answer </w:t>
       </w:r>
-      <w:r w:rsidR="00851A36" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00851A36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">question </w:t>
       </w:r>
-      <w:r w:rsidR="006F290E" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="006F290E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
-      <w:r w:rsidR="00E558D1" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E558D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  Submit questionnaire to EPD for verification.</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C84FC8" w14:textId="77777777" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="22C84FC8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995C7B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06A7319A" wp14:editId="78164A8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>381000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>112395</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5486400" cy="1404620"/>
@@ -4594,840 +4242,808 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5486400" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2D082FA2" w14:textId="56AA45CD" w:rsidR="00995C7B" w:rsidRPr="007345C7" w:rsidRDefault="00995C7B">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="2D082FA2" w14:textId="56AA45CD">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="34" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="007345C7">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="35" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">What media has been sampled?  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="23986024"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidRPr="007345C7">
+                                <w:r w:rsidRPr="008E2CF4">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="36" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="03E685D9">
+          <mc:Fallback>
+            <w:pict w14:anchorId="2080B226">
               <v:shape id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:30pt;margin-top:8.85pt;width:6in;height:110.6pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8dptQFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk1Fv0zAQx9+R+A6W32nSKi1b1HQaHUVI&#10;YyANPoDrOI2F4zNnt0n59JydrqsGvCD8YPl89t93vzsvb4bOsINCr8FWfDrJOVNWQq3truLfvm7e&#10;XHHmg7C1MGBVxY/K85vV61fL3pVqBi2YWiEjEevL3lW8DcGVWeZlqzrhJ+CUJWcD2IlAJu6yGkVP&#10;6p3JZnm+yHrA2iFI5T3t3o1Ovkr6TaNk+Nw0XgVmKk6xhTRjmrdxzlZLUe5QuFbLUxjiH6LohLb0&#10;6FnqTgTB9qh/k+q0RPDQhImELoOm0VKlHCibaf4im8dWOJVyITjenTH5/ycrHw6P7guyMLyDgQqY&#10;kvDuHuR3zyysW2F36hYR+laJmh6eRmRZ73x5uhpR+9JHkW3/CWoqstgHSEJDg12kQnkyUqcCHM/Q&#10;1RCYpM15cbUocnJJ8k2LvFjMUlkyUT5dd+jDBwUdi4uKI1U1yYvDvQ8xHFE+HYmveTC63mhjkoG7&#10;7dogOwjqgE0aKYMXx4xlfcWv57P5SOCvEnkaf5LodKBWNrqr+NX5kCgjt/e2To0WhDbjmkI29gQy&#10;shsphmE7MF1XfBEfiFy3UB+JLMLYufTTaNEC/uSsp66tuP+xF6g4Mx8tVed6WhSxzZNRzN8SSoaX&#10;nu2lR1hJUhUPnI3LdUhfI3Fzt1TFjU58nyM5hUzdmLCffk5s90s7nXr+36tfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAN8878d0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uRekHg&#10;NJS/NA5qkTj1RKB3E2+TqPE6tQ2Et+/21B53ZvTtTL4dbCeu6EPrSMHTLAGBVDnTUq3gdNxP1yBC&#10;1GR05wgV3DHAthg95Doz7kYHvJaxFgyhkGkFTYx9JmWoGrQ6zFyPxN6n81ZHPn0tjdc3httOpkmy&#10;lFa3xB8a3eOuweqrvFgFy+9yPnn/MBM63PdvvrILszstlHocD68vICIO8S8Mv/W5OhTc6ewuZILo&#10;mJHwlMj6agWC/U36zMJZQTpfb0AWufy/oPgBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;vHabUBUCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAN8878d0AAAAJAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" w14:anchorId="06A7319A">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="007345C7" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="5382115C" w14:textId="56AA45CD">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w14:paraId="5382115C" w14:textId="56AA45CD">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="161">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="007345C7">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="162">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">What media has been sampled?  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="238747776"/>
+                          <w:id w:val="1150573275"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="163">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="23986024"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="007345C7">
+                          <w:r w:rsidRPr="008E2CF4">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="165">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7684958A" w14:textId="77777777" w:rsidR="00BF3075" w:rsidRDefault="00BF3075" w:rsidP="210857E3">
+    <w:p w:rsidR="00BF3075" w:rsidP="210857E3" w:rsidRDefault="00BF3075" w14:paraId="7684958A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EA2B3C1" w14:textId="77777777" w:rsidR="000D709F" w:rsidRDefault="000D709F" w:rsidP="210857E3">
+    <w:p w:rsidR="000D709F" w:rsidP="210857E3" w:rsidRDefault="000D709F" w14:paraId="5EA2B3C1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51EF101C" w14:textId="67195DEB" w:rsidR="00591391" w:rsidRPr="00CB4FE8" w:rsidRDefault="00591391" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00CB4FE8" w:rsidR="00591391" w:rsidP="210857E3" w:rsidRDefault="00591391" w14:paraId="51EF101C" w14:textId="67195DEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Have site-related releases been </w:t>
       </w:r>
-      <w:r w:rsidR="00105533" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00105533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delineated</w:t>
       </w:r>
-      <w:r w:rsidR="003B6170" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003B6170">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00105533" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00105533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ha</w:t>
       </w:r>
-      <w:r w:rsidR="00D647D9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D647D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s migration of contamination been controlled</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="_Hlk187066157"/>
-      <w:bookmarkStart w:id="38" w:name="_Hlk187066784"/>
+      <w:bookmarkStart w:name="_Hlk187066157" w:id="4"/>
+      <w:bookmarkStart w:name="_Hlk187066784" w:id="5"/>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="491DA8C8" w14:textId="77777777" w:rsidR="00B91058" w:rsidRPr="00B91058" w:rsidRDefault="00B91058" w:rsidP="210857E3">
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidRPr="00B91058" w:rsidR="00B91058" w:rsidP="210857E3" w:rsidRDefault="00B91058" w14:paraId="491DA8C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B49F51C" w14:textId="18F08E66" w:rsidR="00591391" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00591391" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="5B49F51C" w14:textId="18F08E66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="332189062"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0079040D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0079040D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00C159EA" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C159EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ontamination has been delineated</w:t>
       </w:r>
-      <w:r w:rsidR="00EE1E77" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00EE1E77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, but </w:t>
       </w:r>
-      <w:r w:rsidR="00AB0141" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AB0141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">no measures to control </w:t>
       </w:r>
-      <w:r w:rsidR="00EE1E77" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00EE1E77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">migration </w:t>
       </w:r>
-      <w:r w:rsidR="00AB0141" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AB0141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are in place</w:t>
       </w:r>
-      <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00623FD0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00623FD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(P</w:t>
       </w:r>
-      <w:r w:rsidR="001C6B6F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001C6B6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rovide comment below and proceed to the next question</w:t>
       </w:r>
-      <w:r w:rsidR="00A720B6" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A720B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Actions to control migration of contamination </w:t>
       </w:r>
-      <w:r w:rsidR="00563F37" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00563F37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidR="00A720B6" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A720B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be necessary</w:t>
       </w:r>
-      <w:r w:rsidR="002C1081" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002C1081">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00623FD0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00623FD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CC1734" w14:textId="77777777" w:rsidR="004C2E70" w:rsidRPr="005F0898" w:rsidRDefault="004C2E70" w:rsidP="210857E3">
+    <w:p w:rsidRPr="005F0898" w:rsidR="004C2E70" w:rsidP="210857E3" w:rsidRDefault="004C2E70" w14:paraId="46CC1734" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D1A0789" w14:textId="5CB1AE02" w:rsidR="004C2E70" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="004C2E70" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="6D1A0789" w14:textId="5CB1AE02">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-608203740"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00825370" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00825370">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00DB790A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DB790A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00637B51" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00637B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Migration has been controlled</w:t>
       </w:r>
-      <w:r w:rsidR="00A6478D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A6478D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, but </w:t>
       </w:r>
-      <w:r w:rsidR="00795A0F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00795A0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delineation is continuing</w:t>
       </w:r>
-      <w:r w:rsidR="002C1081" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002C1081">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB790A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DB790A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6916" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00ED6916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide comments below and p</w:t>
       </w:r>
-      <w:r w:rsidR="00E86CB5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E86CB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">roceed to </w:t>
       </w:r>
-      <w:r w:rsidR="00B42E64" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B42E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>next question</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6916" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00ED6916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. C</w:t>
       </w:r>
-      <w:r w:rsidR="00E0601C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E0601C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>omplete delineation efforts</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6916" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00ED6916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E0601C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E0601C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C59FD50" w14:textId="77777777" w:rsidR="008220FB" w:rsidRPr="005F0898" w:rsidRDefault="008220FB" w:rsidP="210857E3">
+    <w:p w:rsidRPr="005F0898" w:rsidR="008220FB" w:rsidP="210857E3" w:rsidRDefault="008220FB" w14:paraId="3C59FD50" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27100B3F" w14:textId="35802A67" w:rsidR="0087088C" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="0087088C" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="27100B3F" w14:textId="35802A67">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1891073556"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00825370" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00825370">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0087088C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0087088C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C071CD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C071CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A6478D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A6478D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00BB5C87" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00BB5C87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00386357" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00386357">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Provide comment</w:t>
       </w:r>
-      <w:r w:rsidR="007745E3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007745E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00386357" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00386357">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below and proceed to the next question</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00386357" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00386357">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4D2570" w14:textId="77777777" w:rsidR="00591391" w:rsidRPr="000C36B8" w:rsidRDefault="00591391" w:rsidP="210857E3">
+    <w:p w:rsidRPr="000C36B8" w:rsidR="00591391" w:rsidP="210857E3" w:rsidRDefault="00591391" w14:paraId="3F4D2570" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C36B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA2139B" w14:textId="126C28BD" w:rsidR="00591391" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00591391" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="0DA2139B" w14:textId="126C28BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="27926075"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No (</w:t>
       </w:r>
-      <w:r w:rsidR="00F82589" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F82589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide comments bel</w:t>
       </w:r>
-      <w:r w:rsidR="00F42E8A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F42E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ow and t</w:t>
       </w:r>
-      <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ake necessary actions to </w:t>
       </w:r>
-      <w:r w:rsidR="0098718C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0098718C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">complete delineation and </w:t>
       </w:r>
-      <w:r w:rsidR="009F4AB7" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="009F4AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">establish migration </w:t>
       </w:r>
-      <w:r w:rsidR="00F82589" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F82589">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>control</w:t>
       </w:r>
-      <w:r w:rsidR="00591391" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00591391">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F55D9F9" w14:textId="77777777" w:rsidR="007425EE" w:rsidRDefault="00F82589" w:rsidP="210857E3">
+    <w:p w:rsidR="007425EE" w:rsidP="210857E3" w:rsidRDefault="00F82589" w14:paraId="6F55D9F9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F82589">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B731B9C" wp14:editId="2FD20FDD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>352425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>125095</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="1404620"/>
@@ -5443,988 +5059,934 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="10DE4180" w14:textId="19602660" w:rsidR="00F82589" w:rsidRPr="00825370" w:rsidRDefault="00F42E8A">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00F82589" w:rsidRDefault="00F42E8A" w14:paraId="10DE4180" w14:textId="19602660">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="39" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00825370">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="40" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>Information on delineation and migration control</w:t>
                             </w:r>
-                            <w:r w:rsidR="0029148A" w:rsidRPr="00825370">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="0029148A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="41" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
-                            <w:r w:rsidR="007E6CAC" w:rsidRPr="00825370">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="007E6CAC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="42" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="-2036643791"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidRPr="00825370">
+                                <w:r w:rsidRPr="008E2CF4">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="43" w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="0E35A7A0">
+          <mc:Fallback>
+            <w:pict w14:anchorId="4F3A2D62">
               <v:shape id="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:27.75pt;margin-top:9.85pt;width:433.1pt;height:110.6pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQpa3pFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q942dNNmDFWe1zTZV&#10;pe1B2vYBMMYxKmboQGKnT78DzmajbXtTlQvEMPAz882wvBk6w/YKvQZb8ukk50xZCbW225J//7Z5&#10;c8WZD8LWwoBVJT8oz29Wr18te1eoGbRgaoWMRKwvelfyNgRXZJmXreqEn4BTlpwNYCcCmbjNahQ9&#10;qXcmm+X5RdYD1g5BKu9p92508lXSbxolw5em8SowU3KKLaQZ01zFOVstRbFF4Votj2GIf4iiE9rS&#10;oyepOxEE26H+TarTEsFDEyYSugyaRkuVcqBspvmLbB5a4VTKheB4d8Lk/5+s/Lx/cF+RheEdDFTA&#10;lIR39yB/eGZh3Qq7VbeI0LdK1PTwNCLLeueL49WI2hc+ilT9J6ipyGIXIAkNDXaRCuXJSJ0KcDhB&#10;V0NgkjYXizx/e0kuSb7pPJ9fzFJZMlE8XXfowwcFHYuLkiNVNcmL/b0PMRxRPB2Jr3kwut5oY5KB&#10;22ptkO0FdcAmjZTBi2PGsr7k14vZYiTwV4k8jT9JdDpQKxvdlfzqdEgUkdt7W6dGC0KbcU0hG3sE&#10;GdmNFMNQDUzXJb+MD0SuFdQHIoswdi79NFq0gL8466lrS+5/7gQqzsxHS9W5ns7nsc2TMV9cEkqG&#10;557q3COsJKmSB87G5Tqkr5G4uVuq4kYnvs+RHEOmbkzYjz8ntvu5nU49/+/VIwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAK1AnrneAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwm&#10;lq6QjZamE0zaidPKds8a01Y0Tmmyrfv3mBPcbL+n5+8V68n14oxj6DxpWMwTEEi1tx01GvYf24dn&#10;ECEasqb3hBquGGBd3t4UJrf+Qjs8V7ERHEIhNxraGIdcylC36EyY+wGJtU8/OhN5HRtpR3PhcNfL&#10;NEmW0pmO+ENrBty0WH9VJ6dh+V09zt4Pdka76/ZtrJ2ym73S+v5uen0BEXGKf2b4xWd0KJnp6E9k&#10;g+g1KKXYyfdsBYL1LF3wcNSQPiUZyLKQ/xuUPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBQpa3pFgIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCtQJ653gAAAAkBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="1B731B9C">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00825370" w:rsidR="00F82589" w:rsidRDefault="00F42E8A" w14:paraId="3FD4EB1A" w14:textId="19602660">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00F82589" w:rsidRDefault="00F42E8A" w14:paraId="3FD4EB1A" w14:textId="19602660">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="201">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00825370">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="202">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>Information on delineation and migration control</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00825370" w:rsidR="0029148A">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="0029148A">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="203">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00825370" w:rsidR="007E6CAC">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="007E6CAC">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="204">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="1366917132"/>
+                          <w:id w:val="2022161590"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="205">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="-2036643791"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00825370">
+                          <w:r w:rsidRPr="008E2CF4">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:01:00Z" w16du:dateUtc="2025-12-04T02:01:00Z" w:id="207">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FDE0BF" w14:textId="77777777" w:rsidR="007425EE" w:rsidRDefault="007425EE" w:rsidP="210857E3">
+    <w:p w:rsidR="007425EE" w:rsidP="210857E3" w:rsidRDefault="007425EE" w14:paraId="25FDE0BF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03B1B92B" w14:textId="77777777" w:rsidR="007425EE" w:rsidRDefault="007425EE" w:rsidP="210857E3">
+    <w:p w:rsidR="007425EE" w:rsidP="210857E3" w:rsidRDefault="007425EE" w14:paraId="03B1B92B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="378F359F" w14:textId="44166D11" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="210857E3">
+    <w:p w:rsidR="00E0473D" w:rsidP="210857E3" w:rsidRDefault="00E0473D" w14:paraId="378F359F" w14:textId="44166D11">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01011209" w14:textId="29B4B321" w:rsidR="00845EC2" w:rsidRPr="00845EC2" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00845EC2" w:rsidR="00845EC2" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="01011209" w14:textId="29B4B321">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Have any site-related contaminants been detected above approved background concentrations in environmental media collected from a terrestrial </w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="_Hlk184912568"/>
+      <w:bookmarkStart w:name="_Hlk184912568" w:id="6"/>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:p w14:paraId="372EAB53" w14:textId="77777777" w:rsidR="00E3251D" w:rsidRPr="000C36B8" w:rsidRDefault="00E3251D" w:rsidP="210857E3">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidRPr="000C36B8" w:rsidR="00E3251D" w:rsidP="210857E3" w:rsidRDefault="00E3251D" w14:paraId="372EAB53" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AE2C025" w14:textId="78C7C4C1" w:rsidR="00A77F51" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00A77F51" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="0AE2C025" w14:textId="78C7C4C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1327366362"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes</w:t>
       </w:r>
-      <w:r w:rsidR="009C10F8" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="009C10F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005F4248" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005F4248">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide additional information below</w:t>
       </w:r>
-      <w:r w:rsidR="00DE3163" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DE3163">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005F4248" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005F4248">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including the contaminants and </w:t>
       </w:r>
-      <w:r w:rsidR="00DE3163" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DE3163">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the concentrations</w:t>
       </w:r>
-      <w:r w:rsidR="005F4248" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005F4248">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> exceeding background value</w:t>
       </w:r>
-      <w:r w:rsidR="00DE3163" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DE3163">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00AE4562" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AE4562">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and proceed to the next question</w:t>
       </w:r>
-      <w:r w:rsidR="00DE3163" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DE3163">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28629942" w14:textId="1CDAA46E" w:rsidR="00C242BD" w:rsidRPr="000C36B8" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidRPr="000C36B8" w:rsidR="00C242BD" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="28629942" w14:textId="1CDAA46E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C36B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24062B0B" w14:textId="62968258" w:rsidR="00A17EB0" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00A17EB0" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="24062B0B" w14:textId="62968258">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1960942765"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No </w:t>
       </w:r>
-      <w:r w:rsidR="005230FD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005230FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Proceed to the next question.  No further action is required for the </w:t>
       </w:r>
-      <w:r w:rsidR="00300DBE" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00300DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>terrestrial habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00825370" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00825370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00300DBE" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00300DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B8E196" w14:textId="77777777" w:rsidR="00B97911" w:rsidRPr="00B97911" w:rsidRDefault="00B97911" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00B97911" w:rsidR="00B97911" w:rsidP="210857E3" w:rsidRDefault="00B97911" w14:paraId="38B8E196" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03B90C36" w14:textId="426049FD" w:rsidR="007E3EF6" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="007E3EF6" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="03B90C36" w14:textId="426049FD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1138686080"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="000F7FCF" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="000F7FCF">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00815991" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00815991">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="000002AC" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000002AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Site-related contaminants have been detected</w:t>
       </w:r>
-      <w:r w:rsidR="00B74DF3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B74DF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, b</w:t>
       </w:r>
-      <w:r w:rsidR="00866656" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00866656">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidR="000002AC" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000002AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00866656" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00866656">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidR="00367425" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00367425">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> background concentrations</w:t>
       </w:r>
-      <w:r w:rsidR="00B97911" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B97911">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been derived</w:t>
       </w:r>
-      <w:r w:rsidR="00D7518B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D7518B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A62D3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000A62D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for comparison</w:t>
       </w:r>
-      <w:r w:rsidR="00825370" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00825370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D7518B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D7518B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D7EAB" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="009D7EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="002A37A2" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002A37A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide additional information below and p</w:t>
       </w:r>
-      <w:r w:rsidR="009D7EAB" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="009D7EAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">roceed </w:t>
       </w:r>
-      <w:r w:rsidR="00815991" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00815991">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="0029148A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0029148A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00815991" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00815991">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>next question</w:t>
       </w:r>
-      <w:r w:rsidR="00825370" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00825370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00815991" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00815991">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A008AB" w14:textId="77777777" w:rsidR="000C36B8" w:rsidRPr="000C36B8" w:rsidRDefault="000C36B8" w:rsidP="210857E3">
+    <w:p w:rsidRPr="000C36B8" w:rsidR="000C36B8" w:rsidP="210857E3" w:rsidRDefault="000C36B8" w14:paraId="71A008AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="411C45F6" w14:textId="2D341FEF" w:rsidR="00D31C13" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00D31C13" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="411C45F6" w14:textId="2D341FEF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="338975694"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Unknown </w:t>
       </w:r>
-      <w:r w:rsidR="00D31C13" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D31C13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(A workplan for sampling environmental media at the potential </w:t>
       </w:r>
-      <w:r w:rsidR="00D31C13" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D31C13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00D31C13" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D31C13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be required to determine if site-related contamination has impacted that </w:t>
       </w:r>
-      <w:r w:rsidR="00D31C13" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D31C13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00D31C13" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D31C13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B31188" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B31188">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Proceed to the next question.</w:t>
       </w:r>
-      <w:r w:rsidR="00D31C13" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D31C13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DB7ABA">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00219396" w14:textId="77777777" w:rsidR="00B97911" w:rsidRPr="00B97911" w:rsidRDefault="00B97911" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00B97911" w:rsidR="00B97911" w:rsidP="210857E3" w:rsidRDefault="00B97911" w14:paraId="00219396" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="538B95E4" w14:textId="632CCF38" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="538B95E4" w14:textId="632CCF38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1202941338"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="000C36B8" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="000C36B8">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
-[...16 lines deleted...]
-      <w:r w:rsidR="00C71455" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C71455">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="007E482C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007E482C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C71455" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C71455">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No terrestrial habitat at site. Proceed to the next question</w:t>
       </w:r>
-      <w:r w:rsidR="007E482C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007E482C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C71455" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C71455">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE2BFDB" w14:textId="7EF1A6D3" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00E3251D" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00E3251D" w14:paraId="7EE2BFDB" w14:textId="7EF1A6D3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21E4298A" wp14:editId="12D27560">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -6443,684 +6005,634 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5133975" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1126C825" w14:textId="4672EDDA" w:rsidR="00995C7B" w:rsidRPr="007E482C" w:rsidRDefault="00411D7F">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00995C7B" w:rsidRDefault="00411D7F" w14:paraId="1126C825" w14:textId="4672EDDA">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="45" w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="007E482C">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="46" w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>C</w:t>
                             </w:r>
-                            <w:r w:rsidR="00995C7B" w:rsidRPr="007E482C">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00995C7B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="47" w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
-                            <w:r w:rsidR="00BF3EC8" w:rsidRPr="007E482C">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00BF3EC8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="48" w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>mments</w:t>
                             </w:r>
-                            <w:r w:rsidR="00995C7B" w:rsidRPr="007E482C">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00995C7B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="49" w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">:  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="-1069729341"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="00995C7B" w:rsidRPr="007E482C">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="00995C7B">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="50" w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="0C3D7751">
+          <mc:Fallback>
+            <w:pict w14:anchorId="77B791E6">
               <v:shape id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:12.25pt;width:404.25pt;height:110.6pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNKaFxFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+206RtrDhVly7T&#10;pO6H1O0PwBjHaJhjB4nd/fU7SJpG3fYyjQfEcfDl7nPH8mbsDdsr9BpsxYtJzpmyEhpttxX/9nXz&#10;5pozH4RthAGrKv6oPL9ZvX61HFypptCBaRQyErG+HFzFuxBcmWVedqoXfgJOWXK2gL0IZOI2a1AM&#10;pN6bbJrnl9kA2DgEqbyn3buDk6+SftsqGT63rVeBmYpTbCHNmOY6ztlqKcotCtdpeQxD/EMUvdCW&#10;Hj1J3Ykg2A71b1K9lgge2jCR0GfQtlqqlANlU+QvsnnohFMpF4Lj3QmT/3+y8tP+wX1BFsa3MFIB&#10;UxLe3YP87pmFdSfsVt0iwtAp0dDDRUSWDc6Xx6sRtS99FKmHj9BQkcUuQBIaW+wjFcqTkToV4PEE&#10;XY2BSdqcFxcXi6s5Z5J8xSyfXU5TWTJRPl136MN7BT2Li4ojVTXJi/29DzEcUT4dia95MLrZaGOS&#10;gdt6bZDtBXXAJo2UwYtjxrKh4ov5dH4g8FeJPI0/SfQ6UCsb3Vf8+nRIlJHbO9ukRgtCm8OaQjb2&#10;CDKyO1AMYz0y3ZBAfCByraF5JLIIh86ln0aLDvAnZwN1bcX9j51AxZn5YKk6i2I2i22ejNn8ilAy&#10;PPfU5x5hJUlVPHB2WK5D+hqJm7ulKm504vscyTFk6saE/fhzYruf2+nU8/9e/QIAAP//AwBQSwME&#10;FAAGAAgAAAAhAAwo2C/bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FvwjAMhe+T9h8iI3FB&#10;Ix1bWdU1RQOJ00507B4ar61onC4JUP79vF3Gzc/Peu9zsRptL87oQ+dIweM8AYFUO9NRo2D/sX3I&#10;QISoyejeESq4YoBVeX9X6Ny4C+3wXMVGcAiFXCtoYxxyKUPdotVh7gYk9r6ctzqy9I00Xl843PZy&#10;kSRLaXVH3NDqATct1sfqZBUsv6un2funmdHuul372qZms0+Vmk7Gt1cQEcf4fwy/+IwOJTMd3IlM&#10;EL0CfiQqWDynINjNkoyHw9/iBWRZyFv+8gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDN&#10;KaFxFgIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAMKNgv2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="21E4298A">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="007E482C" w:rsidR="00995C7B" w:rsidRDefault="00411D7F" w14:paraId="167CB432" w14:textId="4672EDDA">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00995C7B" w:rsidRDefault="00411D7F" w14:paraId="167CB432" w14:textId="4672EDDA">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="251">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="007E482C">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="252">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>C</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="007E482C" w:rsidR="00995C7B">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00995C7B">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="253">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>o</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="007E482C" w:rsidR="00BF3EC8">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00BF3EC8">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="254">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>mments</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="007E482C" w:rsidR="00995C7B">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00995C7B">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="255">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">:  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="16224280"/>
+                          <w:id w:val="181031673"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="256">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="-1069729341"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="007E482C" w:rsidR="00995C7B">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="00995C7B">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:02:00Z" w16du:dateUtc="2025-12-04T02:02:00Z" w:id="258">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127873C2" w14:textId="21125B35" w:rsidR="00995C7B" w:rsidRDefault="00995C7B" w:rsidP="210857E3">
+    <w:p w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00995C7B" w14:paraId="127873C2" w14:textId="21125B35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB1AC7B" w14:textId="77777777" w:rsidR="009D75F1" w:rsidRDefault="009D75F1" w:rsidP="210857E3">
+    <w:p w:rsidR="009D75F1" w:rsidP="210857E3" w:rsidRDefault="009D75F1" w14:paraId="6AB1AC7B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6483E27B" w14:textId="77777777" w:rsidR="009D75F1" w:rsidRDefault="009D75F1" w:rsidP="210857E3">
+    <w:p w:rsidR="009D75F1" w:rsidP="210857E3" w:rsidRDefault="009D75F1" w14:paraId="6483E27B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13ED7465" w14:textId="2F7F3D43" w:rsidR="00B60515" w:rsidRDefault="00596C6E" w:rsidP="210857E3">
+    <w:p w:rsidR="00B60515" w:rsidP="210857E3" w:rsidRDefault="00596C6E" w14:paraId="13ED7465" w14:textId="2F7F3D43">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Are site-related contaminants currently or likely to migrate to aquatic </w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitats</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1796FDD7" w14:textId="77777777" w:rsidR="00B60515" w:rsidRPr="00B91058" w:rsidRDefault="00B60515" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00B91058" w:rsidR="00B60515" w:rsidP="210857E3" w:rsidRDefault="00B60515" w14:paraId="1796FDD7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9EE31D" w14:textId="2B033CE2" w:rsidR="002C0671" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="002C0671" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="1B9EE31D" w14:textId="2B033CE2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-526559718"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00DD0543" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00DD0543">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="002C0671" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002C0671">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yes,</w:t>
       </w:r>
-      <w:r w:rsidR="0093072F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0093072F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> an</w:t>
       </w:r>
-      <w:r w:rsidR="002C0671" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002C0671">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="5CAFC65D" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="5CAFC65D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aquatic </w:t>
       </w:r>
-      <w:r w:rsidR="00516844" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00516844">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">habitat has been impacted by site-related </w:t>
       </w:r>
-      <w:r w:rsidR="00494C25" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00494C25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contaminants.  (Provide information below and proceed to next question</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00494C25" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00494C25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3D7FCD" w14:textId="77777777" w:rsidR="00A12B48" w:rsidRPr="00A12B48" w:rsidRDefault="00A12B48" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00A12B48" w:rsidR="00A12B48" w:rsidP="210857E3" w:rsidRDefault="00A12B48" w14:paraId="5D3D7FCD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1694EEF5" w14:textId="5BAE9884" w:rsidR="00B60515" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00B60515" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="1694EEF5" w14:textId="5BAE9884">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="2033606967"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00494C25" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00494C25">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00AD1641" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AD1641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00C71455" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C71455">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, likely</w:t>
       </w:r>
-      <w:r w:rsidR="00471167" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00471167">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Provide information below.  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="_Hlk187156346"/>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:bookmarkStart w:name="_Hlk187156346" w:id="7"/>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A workplan for sampling environmental media at the potential </w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be required to determine if site-related contamination will impact that </w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E80D00" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E80D00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004421E9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004421E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E80D00" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E80D00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional actions may be required to </w:t>
       </w:r>
-      <w:r w:rsidR="007C7969" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007C7969">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prevent migration to the aquatic habitat.</w:t>
       </w:r>
-      <w:r w:rsidR="00F37CD5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F37CD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Submi</w:t>
       </w:r>
-      <w:r w:rsidR="00AA120E" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AA120E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t questionnaire to EPD for verification.</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E64F830" w14:textId="77777777" w:rsidR="00A12B48" w:rsidRPr="00A12B48" w:rsidRDefault="00A12B48" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00A12B48" w:rsidR="00A12B48" w:rsidP="210857E3" w:rsidRDefault="00A12B48" w14:paraId="0E64F830" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A065DB" w14:textId="49AA3B6D" w:rsidR="00BA54D0" w:rsidRPr="00DD0543" w:rsidRDefault="00B60515" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DD0543" w:rsidR="00BA54D0" w:rsidP="210857E3" w:rsidRDefault="00B60515" w14:paraId="25A065DB" w14:textId="49AA3B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00845EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1947076155"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
       <w:r w:rsidR="00056303">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00000A6C">
         <w:rPr>
@@ -7156,61 +6668,61 @@
       </w:r>
       <w:r w:rsidR="00DF43C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">migration </w:t>
       </w:r>
       <w:r w:rsidR="008B67E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pathway </w:t>
       </w:r>
       <w:r w:rsidR="006A796A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or discharge to the aquatic </w:t>
       </w:r>
-      <w:r w:rsidR="006A796A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="006A796A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00936511" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00936511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008B67E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -7225,286 +6737,286 @@
       <w:r w:rsidR="00AA120E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>questionnaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to EPD for verificatio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4635E7F4" w14:textId="77777777" w:rsidR="00A12B48" w:rsidRPr="00A12B48" w:rsidRDefault="00A12B48" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00A12B48" w:rsidR="00A12B48" w:rsidP="210857E3" w:rsidRDefault="00A12B48" w14:paraId="4635E7F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F21B21F" w14:textId="6DF04353" w:rsidR="00BA54D0" w:rsidRPr="00DD0543" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DD0543" w:rsidR="00BA54D0" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="6F21B21F" w14:textId="6DF04353">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1717619486"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BA54D0" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00BA54D0">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Unknown</w:t>
       </w:r>
-      <w:r w:rsidR="00471167" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00471167">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="52" w:name="_Hlk187161352"/>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:bookmarkStart w:name="_Hlk187161352" w:id="8"/>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(A workplan for sampling environmental media at the potential </w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be required to determine if site-related contamination could impact the </w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00B60515" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B60515">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="1A5EE33C" w14:textId="77777777" w:rsidR="007C25BD" w:rsidRPr="00E070C7" w:rsidRDefault="007C25BD" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00E070C7" w:rsidR="007C25BD" w:rsidP="210857E3" w:rsidRDefault="007C25BD" w14:paraId="1A5EE33C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="238A0159" w14:textId="5CA70434" w:rsidR="007C25BD" w:rsidRPr="007C25BD" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="007C25BD" w:rsidR="007C25BD" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="238A0159" w14:textId="5CA70434">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="12893050"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="007C25BD" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="007C25BD">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007C25BD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007C25BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> No aquatic </w:t>
       </w:r>
-      <w:r w:rsidR="007C25BD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007C25BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="007C25BD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007C25BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at site. (</w:t>
       </w:r>
-      <w:r w:rsidR="001443ED" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001443ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Submit questionnaire to EPD for verification</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007C25BD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="007C25BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667559B7" w14:textId="77777777" w:rsidR="00A12B48" w:rsidRPr="00DB7FF2" w:rsidRDefault="00A12B48" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DB7FF2" w:rsidR="00A12B48" w:rsidP="210857E3" w:rsidRDefault="00A12B48" w14:paraId="667559B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02E51EA4" w14:textId="1942A2B3" w:rsidR="00BD2F2C" w:rsidRPr="00995C7B" w:rsidRDefault="008B42F4" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00BD2F2C" w:rsidP="210857E3" w:rsidRDefault="008B42F4" w14:paraId="02E51EA4" w14:textId="1942A2B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="402863AD" wp14:editId="030C50E0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>366713</wp:posOffset>
@@ -7525,2594 +7037,2353 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5069840" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="26A1A26B" w14:textId="77777777" w:rsidR="008B42F4" w:rsidRPr="00471167" w:rsidRDefault="008B42F4" w:rsidP="008B42F4">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="008B42F4" w:rsidP="008B42F4" w:rsidRDefault="008B42F4" w14:paraId="26A1A26B" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="53" w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00471167">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="54" w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">Type of aquatic </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00471167">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                                 <w:iCs/>
-                                <w:rPrChange w:id="55" w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z">
-[...4 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>habitat</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00471167">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="56" w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="1955511193"/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidRPr="00471167">
+                                <w:r w:rsidRPr="008E2CF4">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="57" w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z">
-[...1 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t xml:space="preserve">  </w:t>
                                 </w:r>
                                 <w:sdt>
                                   <w:sdtPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                     </w:rPr>
                                     <w:id w:val="1032922141"/>
                                     <w:showingPlcHdr/>
                                   </w:sdtPr>
                                   <w:sdtContent>
-                                    <w:r w:rsidRPr="00471167">
+                                    <w:r w:rsidRPr="008E2CF4">
                                       <w:rPr>
                                         <w:rStyle w:val="PlaceholderText"/>
                                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                        <w:rPrChange w:id="58" w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z">
-[...3 lines deleted...]
-                                        </w:rPrChange>
                                       </w:rPr>
                                       <w:t>Click or tap here to enter text.</w:t>
                                     </w:r>
                                   </w:sdtContent>
                                 </w:sdt>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="5C2B7C19">
+          <mc:Fallback>
+            <w:pict w14:anchorId="4441F523">
               <v:shape id="_x0000_s1035" style="position:absolute;left:0;text-align:left;margin-left:28.9pt;margin-top:3.6pt;width:399.2pt;height:110.6pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfcwixFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk1GPEyEQx99N/A6Ed7vbpq3tptvL2bPG&#10;5DxNTj/ALMt2iSyDQLtbP70D7fWaU1+MPBCGgT8zvxlWN0On2UE6r9CUfDzKOZNGYK3MruTfvm7f&#10;LDjzAUwNGo0s+VF6frN+/WrV20JOsEVdS8dIxPiityVvQ7BFlnnRyg78CK005GzQdRDIdLusdtCT&#10;eqezSZ7Psx5dbR0K6T3t3p2cfJ30m0aK8LlpvAxMl5xiC2l2aa7inK1XUOwc2FaJcxjwD1F0oAw9&#10;epG6gwBs79RvUp0SDj02YSSwy7BplJApB8pmnL/I5rEFK1MuBMfbCyb//2TFw+HRfnEsDO9woAKm&#10;JLy9R/HdM4ObFsxO3jqHfSuhpofHEVnWW1+cr0bUvvBRpOo/YU1Fhn3AJDQ0rotUKE9G6lSA4wW6&#10;HAITtDnL58vFlFyCfONpPp1PUlkyKJ6uW+fDB4kdi4uSO6pqkofDvQ8xHCiejsTXPGpVb5XWyXC7&#10;aqMdOwB1wDaNlMGLY9qwvuTL2WR2IvBXiTyNP0l0KlAra9WVfHE5BEXk9t7UqdECKH1aU8janEFG&#10;dieKYagGpmoKJD4QuVZYH4msw1Pn0k+jRYvuJ2c9dW3J/Y89OMmZ/mioOsvxNKIMyZjO3hJK5q49&#10;1bUHjCCpkgfOTstNSF8jcbO3VMWtSnyfIzmHTN2YsJ9/Tmz3azudev7f618AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDq27LB3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKuoQ&#10;SBqFbCqo1BOnhnJ3Y5NExOtgu2369ywnetvRjGbeVuvZjuJkfBgcITwuExCGWqcH6hD2H9uHAkSI&#10;irQaHRmEiwmwrm9vKlVqd6adOTWxE1xCoVQIfYxTKWVoe2NVWLrJEHtfzlsVWfpOaq/OXG5HmSZJ&#10;Lq0aiBd6NZlNb9rv5mgR8p/mafH+qRe0u2zffGszvdlniPd38+sLiGjm+B+GP3xGh5qZDu5IOogR&#10;IVsxeURYpSDYLrKcjwNCmhbPIOtKXj9Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAf&#10;cwixFAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDq27LB3QAAAAgBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="402863AD">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00471167" w:rsidR="008B42F4" w:rsidP="008B42F4" w:rsidRDefault="008B42F4" w14:paraId="65F81ECC" w14:textId="77777777">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="008B42F4" w:rsidP="008B42F4" w:rsidRDefault="008B42F4" w14:paraId="65F81ECC" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="296">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00471167">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="297">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">Type of aquatic </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00471167">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
                           <w:iCs/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="298">
-[...4 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>habitat</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00471167">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="299">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="386448981"/>
+                          <w:id w:val="1326989396"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="300">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="1955511193"/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00471167">
+                          <w:r w:rsidRPr="008E2CF4">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="302">
-[...1 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t xml:space="preserve">  </w:t>
                           </w:r>
                           <w:sdt>
                             <w:sdtPr>
-                              <w:id w:val="39835083"/>
+                              <w:id w:val="898420433"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="303">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:id w:val="1032922141"/>
                               <w:showingPlcHdr/>
                             </w:sdtPr>
-                            <w:sdtEndPr>
-[...5 lines deleted...]
-                            </w:sdtEndPr>
                             <w:sdtContent>
-                              <w:r w:rsidRPr="00471167">
+                              <w:r w:rsidRPr="008E2CF4">
                                 <w:rPr>
                                   <w:rStyle w:val="PlaceholderText"/>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                  <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:04:00Z" w16du:dateUtc="2025-12-04T02:04:00Z" w:id="305">
-[...3 lines deleted...]
-                                  </w:rPrChange>
                                 </w:rPr>
                                 <w:t>Click or tap here to enter text.</w:t>
                               </w:r>
                             </w:sdtContent>
                           </w:sdt>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069AEC2E" w14:textId="77777777" w:rsidR="008B42F4" w:rsidRDefault="008B42F4" w:rsidP="210857E3">
+    <w:p w:rsidR="008B42F4" w:rsidP="210857E3" w:rsidRDefault="008B42F4" w14:paraId="069AEC2E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FEE709C" w14:textId="77777777" w:rsidR="008B42F4" w:rsidRDefault="008B42F4" w:rsidP="210857E3">
+    <w:p w:rsidR="008B42F4" w:rsidP="210857E3" w:rsidRDefault="008B42F4" w14:paraId="7FEE709C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33D14DE5" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="210857E3">
+    <w:p w:rsidR="00E0473D" w:rsidP="210857E3" w:rsidRDefault="00E0473D" w14:paraId="33D14DE5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F079EC" w14:textId="77777777" w:rsidR="00E0473D" w:rsidRDefault="00E0473D" w:rsidP="210857E3">
+    <w:p w:rsidR="00E0473D" w:rsidP="210857E3" w:rsidRDefault="00E0473D" w14:paraId="52F079EC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DDA767B" w14:textId="77777777" w:rsidR="004A37A9" w:rsidRDefault="004A37A9" w:rsidP="210857E3">
+    <w:p w:rsidR="004A37A9" w:rsidP="210857E3" w:rsidRDefault="004A37A9" w14:paraId="1DDA767B" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074FA47F" w14:textId="71C0B980" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="004D737E" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="004D737E" w14:paraId="074FA47F" w14:textId="71C0B980">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Have any site-related contaminants been detected above approved background concentrations in environmental media collected from a wetland or aquatic </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A8B56D" w14:textId="77777777" w:rsidR="000C6108" w:rsidRPr="000D709F" w:rsidRDefault="000C6108" w:rsidP="210857E3">
+    <w:p w:rsidRPr="000D709F" w:rsidR="000C6108" w:rsidP="210857E3" w:rsidRDefault="000C6108" w14:paraId="29A8B56D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AC7230F" w14:textId="3DB182B2" w:rsidR="001D69A0" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="001D69A0" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="4AC7230F" w14:textId="3DB182B2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1561438008"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes (</w:t>
       </w:r>
-      <w:r w:rsidR="00411D35" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00411D35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3E86" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DB3E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roceed to the next question</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1FC2FE" w14:textId="77777777" w:rsidR="005F0898" w:rsidRPr="005F0898" w:rsidRDefault="005F0898" w:rsidP="210857E3">
+    <w:p w:rsidRPr="005F0898" w:rsidR="005F0898" w:rsidP="210857E3" w:rsidRDefault="005F0898" w14:paraId="2D1FC2FE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AF4B1CD" w14:textId="123F52D6" w:rsidR="004A4643" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="004A4643" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="4AF4B1CD" w14:textId="123F52D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-2103643779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="004A4643" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="004A4643">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004A4643" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004A4643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No (Submit questionnaire to EPD for verification</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004A4643" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004A4643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DB7ABA">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0866D6EF" w14:textId="77777777" w:rsidR="001D69A0" w:rsidRPr="005F0898" w:rsidRDefault="001D69A0" w:rsidP="210857E3">
+    <w:p w:rsidRPr="005F0898" w:rsidR="001D69A0" w:rsidP="210857E3" w:rsidRDefault="001D69A0" w14:paraId="0866D6EF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B695872" w14:textId="07D5039E" w:rsidR="001D69A0" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="001D69A0" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="5B695872" w14:textId="07D5039E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1028640979"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="001D69A0" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="001D69A0">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D69A0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001D69A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Site-related contaminants have been detected, but no background concentrations have been derived for comparison</w:t>
       </w:r>
-      <w:r w:rsidR="00500A39" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00500A39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001D69A0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001D69A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Proceed to next question</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001D69A0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001D69A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3E0A58" w14:textId="11ED9C9B" w:rsidR="00995C7B" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="3F3E0A58" w14:textId="11ED9C9B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-2023313518"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="004F5C92" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="004F5C92">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="004F5C92" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004F5C92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00175F97" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00175F97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="00AB4C0C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AB4C0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">background </w:t>
       </w:r>
-      <w:r w:rsidR="00237F72" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00237F72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>concentrations have been derived</w:t>
       </w:r>
-      <w:r w:rsidR="062B26DF" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="062B26DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00237F72" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00237F72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="004F5C92" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004F5C92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no site-related contaminants have been detected</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004F5C92" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004F5C92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A4643" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004A4643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Submit questionnaire to EPD for verification</w:t>
       </w:r>
-      <w:r w:rsidR="004936A3" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004936A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004A4643" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004A4643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DB7ABA">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DB7ABA">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBD87B2" w14:textId="77777777" w:rsidR="00D03713" w:rsidRPr="005F0898" w:rsidRDefault="00D03713" w:rsidP="210857E3">
+    <w:p w:rsidRPr="005F0898" w:rsidR="00D03713" w:rsidP="210857E3" w:rsidRDefault="00D03713" w14:paraId="5EBD87B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31E21BEA" w14:textId="0806542C" w:rsidR="00DB3E86" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidR="00DB3E86" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="31E21BEA" w14:textId="0806542C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="985205901"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Unknown</w:t>
       </w:r>
-      <w:r w:rsidR="00A358FE" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A358FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D03713" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D03713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (A workplan for sampling environmental media at the potential </w:t>
       </w:r>
-      <w:r w:rsidR="00D03713" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D03713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00D03713" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D03713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be required to determine if site-related contamination could impact the </w:t>
       </w:r>
-      <w:r w:rsidR="00D03713" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D03713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>habitat</w:t>
       </w:r>
-      <w:r w:rsidR="00D03713" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D03713">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
       <w:r w:rsidR="00DB7ABA">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E00A12" w14:textId="77777777" w:rsidR="000F38AF" w:rsidRDefault="000F38AF" w:rsidP="210857E3">
+    <w:p w:rsidR="000F38AF" w:rsidP="210857E3" w:rsidRDefault="000F38AF" w14:paraId="52E00A12" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F2F284A" w14:textId="36BF2024" w:rsidR="00845EC2" w:rsidRPr="00845EC2" w:rsidRDefault="000E4DFA" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00845EC2" w:rsidR="00845EC2" w:rsidP="210857E3" w:rsidRDefault="000E4DFA" w14:paraId="3F2F284A" w14:textId="36BF2024">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="210857E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="004D737E" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="004D737E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Is the site contamination causing exceedances of the Georgia Instream Water Quality Standards established for the protection of aquatic life?</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="_Hlk184912601"/>
+      <w:bookmarkStart w:name="_Hlk184912601" w:id="9"/>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:p w14:paraId="4FF84565" w14:textId="77777777" w:rsidR="004B561A" w:rsidRPr="000D709F" w:rsidRDefault="004B561A" w:rsidP="210857E3">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidRPr="000D709F" w:rsidR="004B561A" w:rsidP="210857E3" w:rsidRDefault="004B561A" w14:paraId="4FF84565" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="294E0268" w14:textId="27CE6996" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="294E0268" w14:textId="27CE6996">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1399597993"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes (</w:t>
       </w:r>
-      <w:r w:rsidR="001F6A02" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001F6A02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide information</w:t>
       </w:r>
-      <w:r w:rsidR="00567878" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00567878">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> below </w:t>
       </w:r>
-      <w:r w:rsidR="001F6A02" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001F6A02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>regarding</w:t>
       </w:r>
-      <w:r w:rsidR="00567878" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00567878">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00993616" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00993616">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="001F6A02" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001F6A02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>location</w:t>
       </w:r>
-      <w:r w:rsidR="00C63E6A" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00C63E6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, contaminant and </w:t>
       </w:r>
-      <w:r w:rsidR="005502E8" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005502E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>concentration of exceedances</w:t>
       </w:r>
-      <w:r w:rsidR="00993616" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00993616">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Implement actions necessary to eliminate the discharge of contamination to the surface water body.  Additional information/samples may need to be collected to evaluate risks to aquatic life.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0541B9" w14:textId="77777777" w:rsidR="00F12221" w:rsidRPr="00995C7B" w:rsidRDefault="00F12221" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00F12221" w:rsidP="210857E3" w:rsidRDefault="00F12221" w14:paraId="6D0541B9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30BF2A39" w14:textId="3D3D681E" w:rsidR="00995C7B" w:rsidRPr="00DE3163" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="30BF2A39" w14:textId="3D3D681E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-735318410"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
-      <w:r w:rsidR="00673C44" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00673C44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, but </w:t>
       </w:r>
-      <w:r w:rsidR="00883CF0" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00883CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00673C44" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00673C44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>potential for site</w:t>
       </w:r>
-      <w:r w:rsidR="00A85FFD" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A85FFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-related </w:t>
       </w:r>
-      <w:r w:rsidR="000E0B7E" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000E0B7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contaminant</w:t>
       </w:r>
-      <w:r w:rsidR="002C1505" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002C1505">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> migration </w:t>
       </w:r>
-      <w:r w:rsidR="00DC5822" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00DC5822">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to a surf</w:t>
       </w:r>
-      <w:r w:rsidR="005D117B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005D117B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ace </w:t>
       </w:r>
-      <w:r w:rsidR="00EA29F8" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00EA29F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">water body </w:t>
       </w:r>
-      <w:r w:rsidR="00A41627" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A41627">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ex</w:t>
       </w:r>
-      <w:r w:rsidR="00AC1084" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00AC1084">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ists</w:t>
       </w:r>
-      <w:r w:rsidR="005F5CCE" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="005F5CCE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D973E5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D973E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Provide information </w:t>
       </w:r>
-      <w:r w:rsidR="003911F4" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003911F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">regarding the potential for </w:t>
       </w:r>
-      <w:r w:rsidR="00A953ED" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00A953ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contaminant migration to the surface water </w:t>
       </w:r>
-      <w:r w:rsidR="00D973E5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D973E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A41D0EE" w14:textId="77777777" w:rsidR="00F12221" w:rsidRPr="00DE3163" w:rsidRDefault="00F12221" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="00F12221" w:rsidP="210857E3" w:rsidRDefault="00F12221" w14:paraId="7A41D0EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BC607F0" w14:textId="57A4D9DD" w:rsidR="000E0B7E" w:rsidRPr="00DE3163" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="000E0B7E" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="6BC607F0" w14:textId="57A4D9DD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1751689779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="000E0B7E" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="000E0B7E">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000E0B7E" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="000E0B7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No</w:t>
       </w:r>
-      <w:r w:rsidR="00E06DEF" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00E06DEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B2101F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00B2101F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contaminants </w:t>
       </w:r>
-      <w:r w:rsidR="003E4E21" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003E4E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">have been detected, but those contaminants do not have </w:t>
       </w:r>
-      <w:r w:rsidR="002F28B9" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002F28B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Georgia Instream Water Quality Standards</w:t>
       </w:r>
-      <w:r w:rsidR="00F0091F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F0091F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Provide information </w:t>
       </w:r>
-      <w:r w:rsidR="003911F4" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003911F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">regarding the contaminants that have been detected </w:t>
       </w:r>
-      <w:r w:rsidR="00F0091F" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00F0091F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE6555E" w14:textId="77777777" w:rsidR="002A3124" w:rsidRPr="00DE3163" w:rsidRDefault="002A3124" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="002A3124" w:rsidP="210857E3" w:rsidRDefault="002A3124" w14:paraId="3EE6555E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A99F36A" w14:textId="7870C943" w:rsidR="002A3124" w:rsidRPr="00DE3163" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="002A3124" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="4A99F36A" w14:textId="7870C943">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-129179638"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="002A3124" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="002A3124">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="002A3124" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="002A3124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001059CC" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001059CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00322522" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00322522">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00897DE5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00897DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00EB5DC4" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00EB5DC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="001059CC" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001059CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00897DE5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00897DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ontaminants have been detected</w:t>
       </w:r>
-      <w:r w:rsidR="001059CC" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="001059CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00897DE5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00897DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D72496" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D72496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">but not </w:t>
       </w:r>
-      <w:r w:rsidR="006D6CB2" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="006D6CB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">above </w:t>
       </w:r>
-      <w:r w:rsidR="00D72496" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D72496">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Instream Water Quality </w:t>
       </w:r>
-      <w:r w:rsidR="0032673C" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="0032673C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standards.</w:t>
       </w:r>
-      <w:r w:rsidR="00D973E5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D973E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="_Hlk187162157"/>
-      <w:r w:rsidR="00D973E5" w:rsidRPr="210857E3">
+      <w:bookmarkStart w:name="_Hlk187162157" w:id="10"/>
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D973E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Provide information </w:t>
       </w:r>
-      <w:r w:rsidR="003F6BE6" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="003F6BE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">regarding the contaminants that have been detected </w:t>
       </w:r>
-      <w:r w:rsidR="00D973E5" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00D973E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>below)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="64B86F5D" w14:textId="77777777" w:rsidR="00DA3423" w:rsidRPr="00DE3163" w:rsidRDefault="00DA3423" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="00DA3423" w:rsidP="210857E3" w:rsidRDefault="00DA3423" w14:paraId="64B86F5D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30C38966" w14:textId="6B883DD1" w:rsidR="00995C7B" w:rsidRPr="00DE3163" w:rsidRDefault="00000000" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00000000" w14:paraId="30C38966" w14:textId="6B883DD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1806583305"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+          <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00995C7B" w:rsidRPr="210857E3">
+      <w:r w:rsidRPr="210857E3" w:rsidR="00995C7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Unknown (A workplan for sampling environmental media at the potential habitat may be required to determine if site-related contamination could impact or has impacted the habitat.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3077F55B" w14:textId="57D40530" w:rsidR="00995C7B" w:rsidRPr="00DE3163" w:rsidRDefault="00BA6AEF" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="00995C7B" w:rsidP="210857E3" w:rsidRDefault="00BA6AEF" w14:paraId="3077F55B" w14:textId="57D40530">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE3163">
+      <w:r w:rsidRPr="008E2CF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:rPrChange w:id="61" w:author="Clark, Jill" w:date="2025-12-03T20:58:00Z" w16du:dateUtc="2025-12-04T01:58:00Z">
-[...3 lines deleted...]
-          </w:rPrChange>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E2E88C8" wp14:editId="7678133D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>319088</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>138112</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5519420" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="24130" b="20320"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="59142062" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5519420" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1EA8DD16" w14:textId="22133809" w:rsidR="00BA6AEF" w:rsidRPr="00DE3163" w:rsidRDefault="00D973E5">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00BA6AEF" w:rsidRDefault="00D973E5" w14:paraId="1EA8DD16" w14:textId="22133809">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="62" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="63" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>Comments</w:t>
                             </w:r>
-                            <w:r w:rsidR="00BF3EC8" w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00BF3EC8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="64" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
-                            <w:r w:rsidR="00CF7E05" w:rsidRPr="00DE3163">
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00CF7E05">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                <w:rPrChange w:id="65" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...1 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 </w:rPr>
                                 <w:id w:val="1835646680"/>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
                               <w:sdtContent>
-                                <w:r w:rsidR="00CF7E05" w:rsidRPr="00DE3163">
+                                <w:r w:rsidRPr="008E2CF4" w:rsidR="00CF7E05">
                                   <w:rPr>
                                     <w:rStyle w:val="PlaceholderText"/>
                                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                                    <w:rPrChange w:id="66" w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z">
-[...3 lines deleted...]
-                                    </w:rPrChange>
                                   </w:rPr>
                                   <w:t>Click or tap here to enter text.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="4A1D6E0B">
+          <mc:Fallback>
+            <w:pict w14:anchorId="18CBDEDB">
               <v:shape id="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:25.15pt;margin-top:10.85pt;width:434.6pt;height:110.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDn8QVREgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O0zAQx+9IvIPlO01Spcs2arpauhQh&#10;LQvSwgM4jpNYOB5ju03K0zN2st3ydUHkYHky479nfjPe3Iy9IkdhnQRd0myRUiI0h1rqtqRfPu9f&#10;XVPiPNM1U6BFSU/C0ZvtyxebwRRiCR2oWliCItoVgylp570pksTxTvTMLcAIjc4GbM88mrZNassG&#10;VO9VskzTq2QAWxsLXDiHf+8mJ91G/aYR3H9sGic8USXF3HxcbVyrsCbbDStay0wn+ZwG+4cseiY1&#10;XnqWumOekYOVv0n1kltw0PgFhz6BppFcxBqwmiz9pZrHjhkRa0E4zpwxuf8nyx+Oj+aTJX58AyM2&#10;MBbhzD3wr45o2HVMt+LWWhg6wWq8OAvIksG4Yj4aULvCBZFq+AA1NpkdPEShsbF9oIJ1ElTHBpzO&#10;0MXoCcefq1W2zpfo4ujL8jS/QiPcwYqn48Y6/05AT8KmpBa7GuXZ8d75KfQpJNzmQMl6L5WKhm2r&#10;nbLkyHAC9vGb1X8KU5oMJV2vlquJwF8l0vj9SaKXHkdZyb6k1+cgVgRub3UdB80zqaY9Vqf0DDKw&#10;myj6sRqJrJFDRBDAVlCfEK2FaXTxqeGmA/udkgHHtqTu24FZQYl6r7E96yzPw5xHI1+9DmDtpae6&#10;9DDNUaqknpJpu/PxbURw5hbbuJcR8HMmc844jrFF89MJ835px6jnB779AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAeMS02t4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqJCVt&#10;E+JUUKknTg3l7sZLEhGvQ+y26d+znMpxdkYzb4vNZHtxxtF3jhTE8wgEUu1MR42Cw8fuaQ3CB01G&#10;945QwRU9bMr7u0Lnxl1oj+cqNIJLyOdaQRvCkEvp6xat9nM3ILH35UarA8uxkWbUFy63vUyiaCmt&#10;7ogXWj3gtsX6uzpZBcufajF7/zQz2l93b2NtU7M9pEo9PkyvLyACTuEWhj98RoeSmY7uRMaLXkEa&#10;LTipIIlXINjP4iwFceTDc5KBLAv5/4PyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOfx&#10;BVESAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHjEtNreAAAACQEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="1E2E88C8">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00DE3163" w:rsidR="00BA6AEF" w:rsidRDefault="00D973E5" w14:paraId="0C679E74" w14:textId="22133809">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00BA6AEF" w:rsidRDefault="00D973E5" w14:paraId="0C679E74" w14:textId="22133809">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="352">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00DE3163">
+                      <w:r w:rsidRPr="008E2CF4">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="353">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>Comments</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00DE3163" w:rsidR="00BF3EC8">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00BF3EC8">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="354">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00DE3163" w:rsidR="00CF7E05">
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00CF7E05">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="355">
-[...1 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
-                          <w:id w:val="428682203"/>
+                          <w:id w:val="342352186"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                            <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="356">
-[...1 lines deleted...]
-                            </w:rPrChange>
                           </w:rPr>
                           <w:id w:val="1835646680"/>
                           <w:showingPlcHdr/>
                         </w:sdtPr>
-                        <w:sdtEndPr>
-[...5 lines deleted...]
-                        </w:sdtEndPr>
                         <w:sdtContent>
-                          <w:r w:rsidRPr="00DE3163" w:rsidR="00CF7E05">
+                          <w:r w:rsidRPr="008E2CF4" w:rsidR="00CF7E05">
                             <w:rPr>
                               <w:rStyle w:val="PlaceholderText"/>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                              <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T20:59:00Z" w16du:dateUtc="2025-12-04T01:59:00Z" w:id="358">
-[...3 lines deleted...]
-                              </w:rPrChange>
                             </w:rPr>
                             <w:t>Click or tap here to enter text.</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69231CF5" w14:textId="2C70D42A" w:rsidR="00404708" w:rsidRPr="00DE3163" w:rsidRDefault="00404708" w:rsidP="210857E3">
+    <w:p w:rsidRPr="00DE3163" w:rsidR="00404708" w:rsidP="210857E3" w:rsidRDefault="00404708" w14:paraId="69231CF5" w14:textId="2C70D42A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3163">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008F69A2" w:rsidRPr="00DE3163">
+      <w:r w:rsidRPr="00DE3163" w:rsidR="008F69A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3163">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ubmit questionnaire to EPD for verification.  Thank you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416C4270" w14:textId="000A79CA" w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+    <w:p w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="416C4270" w14:textId="000A79CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843427">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CEED91B" wp14:editId="731E2E81">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>285750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>19050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5660390" cy="4229100"/>
                 <wp:effectExtent l="19050" t="19050" r="16510" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="1371153374" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5660390" cy="4229100"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent2">
                             <a:lumMod val="20000"/>
                             <a:lumOff val="80000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:schemeClr val="accent2"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="5ACF778C" w14:textId="50C91F03" w:rsidR="00092A74" w:rsidRPr="009344EB" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="008E2CF4" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="009344EB" w14:paraId="5ACF778C" w14:textId="40E1ECCE">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:rPrChange w:id="67" w:author="Clark, Jill" w:date="2025-12-03T21:07:00Z" w16du:dateUtc="2025-12-04T02:07:00Z">
-[...3 lines deleted...]
-                                </w:rPrChange>
                               </w:rPr>
                             </w:pPr>
-                            <w:del w:id="68" w:author="Clark, Jill" w:date="2025-12-03T21:07:00Z" w16du:dateUtc="2025-12-04T02:07:00Z">
-[...28 lines deleted...]
-                            <w:r w:rsidRPr="009344EB">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
-                                <w:rPrChange w:id="71" w:author="Clark, Jill" w:date="2025-12-03T21:07:00Z" w16du:dateUtc="2025-12-04T02:07:00Z">
-[...3 lines deleted...]
-                                </w:rPrChange>
+                              </w:rPr>
+                              <w:t>Definitions</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008E2CF4" w:rsidR="00092A74">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="642A1EC2" w14:textId="1E24715F" w:rsidR="00092A74" w:rsidRPr="004D7785" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="642A1EC2" w14:textId="1E24715F">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="10"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007C698A">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>Habitat</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: a place where an ecological receptor resides or forages. Per </w:t>
                             </w:r>
                             <w:r w:rsidR="004D7785">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve">USEPA </w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t>Region 5, habitat is defined as "the place where a population of plants or animals and its surroundings are located, including both living and non-living components."</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="618B0CB2" w14:textId="2E86447B" w:rsidR="00E14B1E" w:rsidRPr="007F2014" w:rsidRDefault="00E14B1E" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="007F2014" w:rsidR="00E14B1E" w:rsidP="00092A74" w:rsidRDefault="00E14B1E" w14:paraId="618B0CB2" w14:textId="36466384">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="10"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0017753F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t xml:space="preserve">Undeveloped </w:t>
                             </w:r>
-                            <w:ins w:id="72" w:author="Clark, Jill" w:date="2025-12-03T20:37:00Z" w16du:dateUtc="2025-12-04T01:37:00Z">
-[...9 lines deleted...]
-                            <w:r w:rsidR="007F2014" w:rsidRPr="0017753F">
+                            <w:r w:rsidR="002575DC">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:i/>
+                                <w:iCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Terrestrial </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0017753F" w:rsidR="007F2014">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>Areas</w:t>
                             </w:r>
                             <w:r w:rsidR="004D057B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
-                            <w:r w:rsidR="007F2014" w:rsidRPr="007F2014">
+                            <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                               <w:rPr>
                                 <w:rStyle w:val="Heading1Char"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="007F2014" w:rsidRPr="007F2014">
+                            <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve">are parcels or portions of land that remain in a natural or semi-natural condition and have not been significantly altered by construction, grading, paving, or landscaping. These areas typically include forests, </w:t>
                             </w:r>
-                            <w:del w:id="73" w:author="Clark, Jill" w:date="2025-12-03T20:38:00Z" w16du:dateUtc="2025-12-04T01:38:00Z">
-[...27 lines deleted...]
-                            <w:r w:rsidR="007F2014" w:rsidRPr="007F2014">
+                            <w:r w:rsidRPr="007F2014" w:rsidR="000A0922">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              </w:rPr>
+                              <w:t>woodl</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000A0922">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              </w:rPr>
+                              <w:t>and</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007F2014" w:rsidR="000A0922">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              </w:rPr>
+                              <w:t>s</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, grasslands, scrub-shrub habitats, </w:t>
                             </w:r>
-                            <w:ins w:id="75" w:author="Clark, Jill" w:date="2025-12-03T20:38:00Z" w16du:dateUtc="2025-12-04T01:38:00Z">
-[...7 lines deleted...]
-                            <w:r w:rsidR="007F2014" w:rsidRPr="007F2014">
+                            <w:r w:rsidR="00CD0682">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">meadows, </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t>and other naturally vegetated zones. Managed landscapes such as mowed lawns, ornamental plantings, maintained rights-of-way, or active agricultural fields under cultivation are</w:t>
                             </w:r>
                             <w:r w:rsidR="0017753F">
                               <w:rPr>
                                 <w:rStyle w:val="Strong"/>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="0017753F" w:rsidRPr="0017753F">
+                            <w:r w:rsidRPr="0017753F" w:rsidR="0017753F">
                               <w:rPr>
                                 <w:rStyle w:val="Strong"/>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:b w:val="0"/>
                                 <w:bCs w:val="0"/>
                               </w:rPr>
                               <w:t>not</w:t>
                             </w:r>
-                            <w:r w:rsidR="007F2014" w:rsidRPr="007F2014">
+                            <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> considered undeveloped areas.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3EEADDB4" w14:textId="27FFBEFA" w:rsidR="00092A74" w:rsidRPr="004D7785" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="3EEADDB4" w14:textId="27FFBEFA">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="10"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0017753F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>Intermittent streams</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0017753F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> streams that flow during certain times of the year when smaller upstream waters are flowing and when groundwater provides enough water for stream flow.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="53482B70" w14:textId="3C21636A" w:rsidR="00092A74" w:rsidRPr="004D7785" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="53482B70" w14:textId="3C21636A">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="10"/>
                               </w:numPr>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0017753F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>Vernal pools</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> or </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D77416">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>seasonal pond</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t>seasonally</w:t>
                             </w:r>
                             <w:r w:rsidR="0022464F">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t xml:space="preserve">flooded depressional wetlands that hold water during portions of the year but not for the entire year, which also include ephemeral ponds which hold water in direct response to precipitation. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="12B75ADB" w14:textId="6FEE83F4" w:rsidR="00092A74" w:rsidRPr="004D7785" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="12B75ADB" w14:textId="6FEE83F4">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="10"/>
                               </w:numPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing w:val="0"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D77416">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>Ephemeral Stream</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t>: a stream that typically has no well-defined channel, and which flows only in direct response to precipitation with runoff. (O.C.G.A. 12-7-6(b)(15))</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1F253E01" w14:textId="4421542D" w:rsidR="00092A74" w:rsidRPr="004D7785" w:rsidDel="00D218B1" w:rsidRDefault="00092A74" w:rsidP="00092A74">
+                          <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="72C879E9" w14:textId="3B086D72">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="10"/>
                               </w:numPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing w:val="0"/>
                               <w:rPr>
-                                <w:del w:id="76" w:author="Clark, Jill" w:date="2025-12-03T20:41:00Z" w16du:dateUtc="2025-12-04T01:41:00Z"/>
-[...37 lines deleted...]
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D77416">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                                 <w:i/>
                               </w:rPr>
                               <w:t>Perennial Stream</w:t>
                             </w:r>
                             <w:r w:rsidRPr="004D7785">
                               <w:rPr>
-                                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               </w:rPr>
                               <w:t>: a stream that flows in a well-defined channel throughout most of the year under normal climatic conditions.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0FF9DFC6" w14:textId="77777777" w:rsidR="00092A74" w:rsidRDefault="00092A74" w:rsidP="00092A74"/>
+                          <w:p w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="0FF9DFC6" w14:textId="77777777"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-            <w:pict w14:anchorId="7F0C556E">
+          <mc:Fallback>
+            <w:pict w14:anchorId="1D1820B6">
               <v:shape id="_x0000_s1037" style="position:absolute;margin-left:22.5pt;margin-top:1.5pt;width:445.7pt;height:333pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" fillcolor="#fbe4d5 [661]" strokecolor="#ed7d31 [3205]" strokeweight="2.25pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfudfYNQIAAGoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06Sh7bZR09XSZRHS&#10;cpEWPsB1nMbC9hjbbbJ8PWMn7bbwhnixPDPxmcs5k/VtrxU5CuclmIpOJzklwnCopdlX9Pu3hzdL&#10;SnxgpmYKjKjos/D0dvP61bqzpSigBVULRxDE+LKzFW1DsGWWed4KzfwErDAYbMBpFtB0+6x2rEN0&#10;rbIizxdZB662DrjwHr33Q5BuEn7TCB6+NI0XgaiKYm0hnS6du3hmmzUr947ZVvKxDPYPVWgmDSY9&#10;Q92zwMjByb+gtOQOPDRhwkFn0DSSi9QDdjPN/+jmqWVWpF5wON6ex+T/Hyz/fHyyXx0J/TvokcDU&#10;hLePwH94YmDbMrMXd85B1wpWY+JpHFnWWV+OT+OofekjyK77BDWSzA4BElDfOB2ngn0SREcCns9D&#10;F30gHJ3zxSJ/u8IQx9isKFbTPNGSsfL03DofPgjQJF4q6pDVBM+Ojz7Eclh5+iRm86Bk/SCVSkZU&#10;ktgqR44MNcA4FyYU6bk6aKx38KOWhrSsRDdqZnAvT25MkTQZkVLCqyTKkK6ixXJ+M0/IV8Hzu+sK&#10;hrqvvtQy4DIoqSuaEo/yjJN/b+ok1cCkGu5YkTIjFXH6Aw+h3/VE1shTIipSs4P6GclxMIgflxUv&#10;LbhflHQo/Ir6nwfmBCXqo0GCV9PZLG5KMmbzmwINdxnZXUaY4QhV0UDJcN2GtF1x9AbuUAiNTBS9&#10;VDLWjIJOgxyXL27MpZ2+evlFbH4DAAD//wMAUEsDBBQABgAIAAAAIQC4edCV4QAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2E1tDDZmUkTIQQqCtUKP0+yYBLO7Mbtto7/e&#10;8aSnx/CG975XrCbbqyOPofMOYT5LQLGrvelcg7B9ra7vQIVIzlDvHSN8cYBVeX5WUG78yb3wcRMb&#10;JSEu5ITQxjjkWoe6ZUth5gd24r370VKUc2y0Gekk4bbXN0mSaUudk4aWBn5suf7YHCzC2/qqqsh8&#10;Ds3T/Hu9ravd5jndIV5eTA/3oCJP8e8ZfvEFHUph2vuDM0H1COmtTIkICxGxl4ssBbVHyLJlAros&#10;9P8B5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAn7nX2DUCAABqBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuHnQleEAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="2CEED91B">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="009344EB" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="76CFD7C1" w14:textId="50C91F03">
+                    <w:p w:rsidRPr="008E2CF4" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="009344EB" w14:paraId="6DACCE7B" w14:textId="40E1ECCE">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:07:00Z" w16du:dateUtc="2025-12-04T02:07:00Z" w:id="373">
-[...3 lines deleted...]
-                          </w:rPrChange>
                         </w:rPr>
                       </w:pPr>
-                      <w:del w:author="Clark, Jill" w:date="2025-12-03T21:07:00Z" w16du:dateUtc="2025-12-04T02:07:00Z" w:id="374">
-[...28 lines deleted...]
-                      <w:r w:rsidRPr="009344EB">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
-                          <w:rPrChange w:author="Clark, Jill" w:date="2025-12-03T21:07:00Z" w16du:dateUtc="2025-12-04T02:07:00Z" w:id="377">
-[...3 lines deleted...]
-                          </w:rPrChange>
+                        </w:rPr>
+                        <w:t>Definitions</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008E2CF4" w:rsidR="00092A74">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="13F12DA3" w14:textId="1E24715F">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="10"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007C698A">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>Habitat</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004D7785">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: a place where an ecological receptor resides or forages. Per </w:t>
                       </w:r>
                       <w:r w:rsidR="004D7785">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t xml:space="preserve">USEPA </w:t>
                       </w:r>
                       <w:r w:rsidRPr="004D7785">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t>Region 5, habitat is defined as "the place where a population of plants or animals and its surroundings are located, including both living and non-living components."</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="007F2014" w:rsidR="00E14B1E" w:rsidP="00092A74" w:rsidRDefault="00E14B1E" w14:paraId="0BF62585" w14:textId="2E86447B">
+                    <w:p w:rsidRPr="007F2014" w:rsidR="00E14B1E" w:rsidP="00092A74" w:rsidRDefault="00E14B1E" w14:paraId="58180DE7" w14:textId="36466384">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="10"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0017753F">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t xml:space="preserve">Undeveloped </w:t>
                       </w:r>
-                      <w:ins w:author="Clark, Jill" w:date="2025-12-03T20:37:00Z" w16du:dateUtc="2025-12-04T01:37:00Z" w:id="378">
-[...8 lines deleted...]
-                      </w:ins>
+                      <w:r w:rsidR="002575DC">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                          <w:i/>
+                          <w:iCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Terrestrial </w:t>
+                      </w:r>
                       <w:r w:rsidRPr="0017753F" w:rsidR="007F2014">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>Areas</w:t>
                       </w:r>
                       <w:r w:rsidR="004D057B">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                         <w:rPr>
                           <w:rStyle w:val="Heading1Char"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t xml:space="preserve">are parcels or portions of land that remain in a natural or semi-natural condition and have not been significantly altered by construction, grading, paving, or landscaping. These areas typically include forests, </w:t>
                       </w:r>
-                      <w:del w:author="Clark, Jill" w:date="2025-12-03T20:38:00Z" w16du:dateUtc="2025-12-04T01:38:00Z" w:id="379">
-[...26 lines deleted...]
-                      </w:ins>
+                      <w:r w:rsidRPr="007F2014" w:rsidR="000A0922">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        </w:rPr>
+                        <w:t>woodl</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000A0922">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        </w:rPr>
+                        <w:t>and</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007F2014" w:rsidR="000A0922">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        </w:rPr>
+                        <w:t>s</w:t>
+                      </w:r>
                       <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, grasslands, scrub-shrub habitats, </w:t>
                       </w:r>
-                      <w:ins w:author="Clark, Jill" w:date="2025-12-03T20:38:00Z" w16du:dateUtc="2025-12-04T01:38:00Z" w:id="381">
-[...6 lines deleted...]
-                      </w:ins>
+                      <w:r w:rsidR="00CD0682">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">meadows, </w:t>
+                      </w:r>
                       <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t>and other naturally vegetated zones. Managed landscapes such as mowed lawns, ornamental plantings, maintained rights-of-way, or active agricultural fields under cultivation are</w:t>
                       </w:r>
                       <w:r w:rsidR="0017753F">
                         <w:rPr>
                           <w:rStyle w:val="Strong"/>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="0017753F" w:rsidR="0017753F">
                         <w:rPr>
                           <w:rStyle w:val="Strong"/>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b w:val="0"/>
                           <w:bCs w:val="0"/>
                         </w:rPr>
                         <w:t>not</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007F2014" w:rsidR="007F2014">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10214,163 +9485,125 @@
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="10"/>
                         </w:numPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D77416">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
                         </w:rPr>
                         <w:t>Ephemeral Stream</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004D7785">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t>: a stream that typically has no well-defined channel, and which flows only in direct response to precipitation with runoff. (O.C.G.A. 12-7-6(b)(15))</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidDel="00D218B1" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="233003E1" w14:textId="4421542D">
-[...36 lines deleted...]
-                    </w:p>
                     <w:p w:rsidRPr="004D7785" w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="30D91CB2" w14:textId="3B086D72">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="10"/>
                         </w:numPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing w:val="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D77416">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                           <w:i/>
                         </w:rPr>
                         <w:t>Perennial Stream</w:t>
                       </w:r>
                       <w:r w:rsidRPr="004D7785">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                         </w:rPr>
                         <w:t>: a stream that flows in a well-defined channel throughout most of the year under normal climatic conditions.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00092A74" w:rsidP="00092A74" w:rsidRDefault="00092A74" w14:paraId="672A6659" w14:textId="77777777"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00995C7B" w:rsidRPr="00995C7B" w:rsidSect="004A37A9">
+    <w:sectPr w:rsidRPr="00995C7B" w:rsidR="00995C7B" w:rsidSect="004A37A9">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="354760B9" w14:textId="77777777" w:rsidR="003E41E2" w:rsidRDefault="003E41E2" w:rsidP="00F06EFA">
+    <w:p w:rsidR="00EE3B37" w:rsidP="00F06EFA" w:rsidRDefault="00EE3B37" w14:paraId="5A5C9672" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="260F7EF4" w14:textId="77777777" w:rsidR="003E41E2" w:rsidRDefault="003E41E2" w:rsidP="00F06EFA">
+    <w:p w:rsidR="00EE3B37" w:rsidP="00F06EFA" w:rsidRDefault="00EE3B37" w14:paraId="2147211A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25A5945E" w14:textId="77777777" w:rsidR="003E41E2" w:rsidRDefault="003E41E2">
+    <w:p w:rsidR="00EE3B37" w:rsidRDefault="00EE3B37" w14:paraId="2C84134F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10433,175 +9666,175 @@
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-246580918"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="2B0CC555" w14:textId="278D73FA" w:rsidR="005511C8" w:rsidRDefault="005511C8">
+      <w:p w:rsidR="005511C8" w:rsidRDefault="005511C8" w14:paraId="2B0CC555" w14:textId="278D73FA">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="75EB1867" w14:textId="77777777" w:rsidR="009C17DC" w:rsidRDefault="009C17DC">
+  <w:p w:rsidR="009C17DC" w:rsidRDefault="009C17DC" w14:paraId="75EB1867" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1591924565"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4C0C697E" w14:textId="07793910" w:rsidR="005511C8" w:rsidRDefault="005511C8">
+      <w:p w:rsidR="005511C8" w:rsidRDefault="005511C8" w14:paraId="4C0C697E" w14:textId="07793910">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0ED9478D" w14:textId="77777777" w:rsidR="009C17DC" w:rsidRDefault="009C17DC">
+  <w:p w:rsidR="009C17DC" w:rsidRDefault="009C17DC" w14:paraId="0ED9478D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BEED886" w14:textId="77777777" w:rsidR="003E41E2" w:rsidRDefault="003E41E2" w:rsidP="00F06EFA">
+    <w:p w:rsidR="00EE3B37" w:rsidP="00F06EFA" w:rsidRDefault="00EE3B37" w14:paraId="5AE61C8C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="747678FA" w14:textId="77777777" w:rsidR="003E41E2" w:rsidRDefault="003E41E2" w:rsidP="00F06EFA">
+    <w:p w:rsidR="00EE3B37" w:rsidP="00F06EFA" w:rsidRDefault="00EE3B37" w14:paraId="257D53F2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6A5882F6" w14:textId="77777777" w:rsidR="003E41E2" w:rsidRDefault="003E41E2">
+    <w:p w:rsidR="00EE3B37" w:rsidRDefault="00EE3B37" w14:paraId="260E338B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="33CAEBB4" w14:textId="1382DB0E" w:rsidR="009C17DC" w:rsidRDefault="0081579A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="009C17DC" w:rsidRDefault="0081579A" w14:paraId="33CAEBB4" w14:textId="1382DB0E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="581EA7A9" wp14:editId="6A308ED3">
           <wp:extent cx="2590800" cy="914400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="372875885" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -10630,486 +9863,486 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D9532BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0DE4B98"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D25593A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D162506"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22629624"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="0E0A078A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7F042D24">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1396B79E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9948DD08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="3710EF30">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8D125A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="9252E588">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2A62602A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AA1C86F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24520A6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9EC2EDD4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A332F45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2443938"/>
     <w:lvl w:ilvl="0" w:tplc="86FCF738">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11751,147 +10984,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AA374E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB32FD9A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2205" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2925" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3645" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4365" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5085" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5805" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6525" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F586F6C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C1F45D0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12306,88 +11539,81 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="183831793">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1408726508">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="249971319">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="676925408">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="453182199">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="264046615">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1066414072">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00995C7B"/>
+    <w:rsid w:val="00000000"/>
     <w:rsid w:val="000002AC"/>
     <w:rsid w:val="00000A6C"/>
     <w:rsid w:val="00001581"/>
     <w:rsid w:val="00003F83"/>
     <w:rsid w:val="000057C3"/>
     <w:rsid w:val="00005859"/>
     <w:rsid w:val="00005E89"/>
     <w:rsid w:val="00006347"/>
     <w:rsid w:val="00010D0C"/>
     <w:rsid w:val="0001100B"/>
     <w:rsid w:val="00011802"/>
     <w:rsid w:val="00012241"/>
     <w:rsid w:val="0001325F"/>
     <w:rsid w:val="00015BC4"/>
     <w:rsid w:val="000160BE"/>
     <w:rsid w:val="00021FA5"/>
     <w:rsid w:val="0002225C"/>
     <w:rsid w:val="00023FEF"/>
     <w:rsid w:val="00024909"/>
     <w:rsid w:val="00025601"/>
     <w:rsid w:val="00026B1F"/>
     <w:rsid w:val="000308F0"/>
     <w:rsid w:val="00030FE6"/>
     <w:rsid w:val="00031BB8"/>
     <w:rsid w:val="00031E1E"/>
@@ -12715,51 +11941,50 @@
     <w:rsid w:val="002C218E"/>
     <w:rsid w:val="002C31ED"/>
     <w:rsid w:val="002C3A79"/>
     <w:rsid w:val="002C4200"/>
     <w:rsid w:val="002D17BF"/>
     <w:rsid w:val="002D4CCD"/>
     <w:rsid w:val="002D4F61"/>
     <w:rsid w:val="002D7E61"/>
     <w:rsid w:val="002E0039"/>
     <w:rsid w:val="002E19DA"/>
     <w:rsid w:val="002E1FEC"/>
     <w:rsid w:val="002E3DCE"/>
     <w:rsid w:val="002E5B5D"/>
     <w:rsid w:val="002E6DB4"/>
     <w:rsid w:val="002F002D"/>
     <w:rsid w:val="002F0AD9"/>
     <w:rsid w:val="002F0D59"/>
     <w:rsid w:val="002F28B9"/>
     <w:rsid w:val="002F4440"/>
     <w:rsid w:val="002F56B7"/>
     <w:rsid w:val="003000B5"/>
     <w:rsid w:val="00300467"/>
     <w:rsid w:val="003005CF"/>
     <w:rsid w:val="00300DBE"/>
     <w:rsid w:val="003020F9"/>
-    <w:rsid w:val="00302C53"/>
     <w:rsid w:val="0030396F"/>
     <w:rsid w:val="00304380"/>
     <w:rsid w:val="0030569A"/>
     <w:rsid w:val="0030769A"/>
     <w:rsid w:val="0030798B"/>
     <w:rsid w:val="00312188"/>
     <w:rsid w:val="00320707"/>
     <w:rsid w:val="003213C2"/>
     <w:rsid w:val="003219BA"/>
     <w:rsid w:val="00321B52"/>
     <w:rsid w:val="0032218B"/>
     <w:rsid w:val="00322522"/>
     <w:rsid w:val="003257C9"/>
     <w:rsid w:val="00325F23"/>
     <w:rsid w:val="0032673C"/>
     <w:rsid w:val="00327B7C"/>
     <w:rsid w:val="003305AE"/>
     <w:rsid w:val="00330733"/>
     <w:rsid w:val="00331383"/>
     <w:rsid w:val="00332530"/>
     <w:rsid w:val="003329D8"/>
     <w:rsid w:val="00333983"/>
     <w:rsid w:val="003342DC"/>
     <w:rsid w:val="00335FE8"/>
     <w:rsid w:val="003375D5"/>
@@ -12804,51 +12029,50 @@
     <w:rsid w:val="003877E3"/>
     <w:rsid w:val="00387B29"/>
     <w:rsid w:val="003911F4"/>
     <w:rsid w:val="003913FA"/>
     <w:rsid w:val="00391D53"/>
     <w:rsid w:val="00393024"/>
     <w:rsid w:val="0039573A"/>
     <w:rsid w:val="003965AF"/>
     <w:rsid w:val="00396D97"/>
     <w:rsid w:val="003971A5"/>
     <w:rsid w:val="003A0E0F"/>
     <w:rsid w:val="003A465D"/>
     <w:rsid w:val="003B6170"/>
     <w:rsid w:val="003B61DB"/>
     <w:rsid w:val="003B6B69"/>
     <w:rsid w:val="003C0074"/>
     <w:rsid w:val="003C30FC"/>
     <w:rsid w:val="003C6237"/>
     <w:rsid w:val="003C7743"/>
     <w:rsid w:val="003D1941"/>
     <w:rsid w:val="003D2350"/>
     <w:rsid w:val="003D46B3"/>
     <w:rsid w:val="003D5C00"/>
     <w:rsid w:val="003D7874"/>
     <w:rsid w:val="003E03D2"/>
-    <w:rsid w:val="003E41E2"/>
     <w:rsid w:val="003E4902"/>
     <w:rsid w:val="003E4E21"/>
     <w:rsid w:val="003E53E7"/>
     <w:rsid w:val="003E6F4B"/>
     <w:rsid w:val="003F2C36"/>
     <w:rsid w:val="003F41FA"/>
     <w:rsid w:val="003F4454"/>
     <w:rsid w:val="003F6146"/>
     <w:rsid w:val="003F6B73"/>
     <w:rsid w:val="003F6BE6"/>
     <w:rsid w:val="003F7124"/>
     <w:rsid w:val="003F7CB4"/>
     <w:rsid w:val="00401A01"/>
     <w:rsid w:val="00404708"/>
     <w:rsid w:val="004050DD"/>
     <w:rsid w:val="00405696"/>
     <w:rsid w:val="004064D5"/>
     <w:rsid w:val="004065F6"/>
     <w:rsid w:val="00411C86"/>
     <w:rsid w:val="00411D35"/>
     <w:rsid w:val="00411D7F"/>
     <w:rsid w:val="0041243B"/>
     <w:rsid w:val="00413043"/>
     <w:rsid w:val="00413CF7"/>
     <w:rsid w:val="004143CE"/>
@@ -13004,51 +12228,50 @@
     <w:rsid w:val="0051605C"/>
     <w:rsid w:val="00516844"/>
     <w:rsid w:val="00520A57"/>
     <w:rsid w:val="00520DA6"/>
     <w:rsid w:val="00522502"/>
     <w:rsid w:val="005230FD"/>
     <w:rsid w:val="005231E4"/>
     <w:rsid w:val="005269DF"/>
     <w:rsid w:val="00526D8F"/>
     <w:rsid w:val="00530B85"/>
     <w:rsid w:val="00530E92"/>
     <w:rsid w:val="0053122A"/>
     <w:rsid w:val="00531996"/>
     <w:rsid w:val="005361B6"/>
     <w:rsid w:val="005412E9"/>
     <w:rsid w:val="0054195D"/>
     <w:rsid w:val="00544B71"/>
     <w:rsid w:val="00546B78"/>
     <w:rsid w:val="005502E8"/>
     <w:rsid w:val="005511C8"/>
     <w:rsid w:val="00551696"/>
     <w:rsid w:val="005538A0"/>
     <w:rsid w:val="005553BF"/>
     <w:rsid w:val="00555B37"/>
     <w:rsid w:val="00555F43"/>
-    <w:rsid w:val="00557ECC"/>
     <w:rsid w:val="00561433"/>
     <w:rsid w:val="005631C2"/>
     <w:rsid w:val="00563310"/>
     <w:rsid w:val="00563E0B"/>
     <w:rsid w:val="00563F37"/>
     <w:rsid w:val="0056468F"/>
     <w:rsid w:val="00565184"/>
     <w:rsid w:val="00567878"/>
     <w:rsid w:val="00571FDD"/>
     <w:rsid w:val="005726A6"/>
     <w:rsid w:val="0057575B"/>
     <w:rsid w:val="00575949"/>
     <w:rsid w:val="00577767"/>
     <w:rsid w:val="00580A3D"/>
     <w:rsid w:val="005840ED"/>
     <w:rsid w:val="00590A13"/>
     <w:rsid w:val="00591391"/>
     <w:rsid w:val="005924BB"/>
     <w:rsid w:val="005964EB"/>
     <w:rsid w:val="00596C6E"/>
     <w:rsid w:val="00597A28"/>
     <w:rsid w:val="00597F65"/>
     <w:rsid w:val="005A1CF6"/>
     <w:rsid w:val="005A3FAE"/>
     <w:rsid w:val="005A48EA"/>
@@ -13381,88 +12604,90 @@
     <w:rsid w:val="00862D94"/>
     <w:rsid w:val="008647E1"/>
     <w:rsid w:val="008655BE"/>
     <w:rsid w:val="00866656"/>
     <w:rsid w:val="008676A8"/>
     <w:rsid w:val="00870546"/>
     <w:rsid w:val="0087088C"/>
     <w:rsid w:val="00870B43"/>
     <w:rsid w:val="0087214A"/>
     <w:rsid w:val="008721C7"/>
     <w:rsid w:val="008737A4"/>
     <w:rsid w:val="00874520"/>
     <w:rsid w:val="008751BB"/>
     <w:rsid w:val="0087559F"/>
     <w:rsid w:val="00875BF6"/>
     <w:rsid w:val="00875EA2"/>
     <w:rsid w:val="008760BA"/>
     <w:rsid w:val="00876419"/>
     <w:rsid w:val="00876C80"/>
     <w:rsid w:val="00883583"/>
     <w:rsid w:val="00883CC9"/>
     <w:rsid w:val="00883CF0"/>
     <w:rsid w:val="0088638B"/>
     <w:rsid w:val="00886EC1"/>
     <w:rsid w:val="00886F23"/>
+    <w:rsid w:val="008870B4"/>
     <w:rsid w:val="008942F2"/>
     <w:rsid w:val="00895CDF"/>
     <w:rsid w:val="00895DF0"/>
     <w:rsid w:val="00896322"/>
     <w:rsid w:val="00896534"/>
     <w:rsid w:val="00897D72"/>
     <w:rsid w:val="00897DE5"/>
     <w:rsid w:val="008A09A8"/>
     <w:rsid w:val="008A0BFB"/>
     <w:rsid w:val="008A39B7"/>
     <w:rsid w:val="008A3A42"/>
     <w:rsid w:val="008A457A"/>
     <w:rsid w:val="008B0D66"/>
     <w:rsid w:val="008B42F4"/>
     <w:rsid w:val="008B67E3"/>
     <w:rsid w:val="008B74BB"/>
     <w:rsid w:val="008C3457"/>
     <w:rsid w:val="008C37C1"/>
     <w:rsid w:val="008C3973"/>
     <w:rsid w:val="008C49CD"/>
     <w:rsid w:val="008C55E5"/>
     <w:rsid w:val="008D182C"/>
     <w:rsid w:val="008D2983"/>
     <w:rsid w:val="008D33FE"/>
     <w:rsid w:val="008D3969"/>
     <w:rsid w:val="008D4188"/>
     <w:rsid w:val="008D4DAB"/>
     <w:rsid w:val="008D59E3"/>
     <w:rsid w:val="008D6125"/>
     <w:rsid w:val="008D68A1"/>
     <w:rsid w:val="008D6CEB"/>
     <w:rsid w:val="008D6E95"/>
     <w:rsid w:val="008D7D0B"/>
     <w:rsid w:val="008D7D6A"/>
     <w:rsid w:val="008E06B5"/>
     <w:rsid w:val="008E0C95"/>
     <w:rsid w:val="008E1576"/>
     <w:rsid w:val="008E2483"/>
+    <w:rsid w:val="008E2CF4"/>
     <w:rsid w:val="008E4417"/>
     <w:rsid w:val="008E4CA6"/>
     <w:rsid w:val="008E4E4F"/>
     <w:rsid w:val="008E7235"/>
     <w:rsid w:val="008E7B9E"/>
     <w:rsid w:val="008F1254"/>
     <w:rsid w:val="008F31D1"/>
     <w:rsid w:val="008F69A2"/>
     <w:rsid w:val="008F736E"/>
     <w:rsid w:val="008F7A3E"/>
     <w:rsid w:val="00901A5B"/>
     <w:rsid w:val="00903794"/>
     <w:rsid w:val="00903AB4"/>
     <w:rsid w:val="00903B45"/>
     <w:rsid w:val="0090405B"/>
     <w:rsid w:val="00905867"/>
     <w:rsid w:val="009058EB"/>
     <w:rsid w:val="00907DE2"/>
     <w:rsid w:val="00907E0D"/>
     <w:rsid w:val="0091136F"/>
     <w:rsid w:val="00911A9B"/>
     <w:rsid w:val="00911DA6"/>
     <w:rsid w:val="009133AE"/>
     <w:rsid w:val="00914EB0"/>
     <w:rsid w:val="00915722"/>
@@ -13512,50 +12737,51 @@
     <w:rsid w:val="00966B4C"/>
     <w:rsid w:val="00971412"/>
     <w:rsid w:val="0097197E"/>
     <w:rsid w:val="00971CF7"/>
     <w:rsid w:val="0097246A"/>
     <w:rsid w:val="0097288C"/>
     <w:rsid w:val="0097331A"/>
     <w:rsid w:val="00975891"/>
     <w:rsid w:val="009802CC"/>
     <w:rsid w:val="009826F4"/>
     <w:rsid w:val="0098365D"/>
     <w:rsid w:val="0098448D"/>
     <w:rsid w:val="00984CC7"/>
     <w:rsid w:val="00985369"/>
     <w:rsid w:val="00986D93"/>
     <w:rsid w:val="0098718C"/>
     <w:rsid w:val="009876A0"/>
     <w:rsid w:val="00987CD1"/>
     <w:rsid w:val="0099021B"/>
     <w:rsid w:val="0099106F"/>
     <w:rsid w:val="009913A2"/>
     <w:rsid w:val="00992850"/>
     <w:rsid w:val="00993616"/>
     <w:rsid w:val="00993697"/>
     <w:rsid w:val="00993EFB"/>
+    <w:rsid w:val="00995222"/>
     <w:rsid w:val="00995C7B"/>
     <w:rsid w:val="00996FAD"/>
     <w:rsid w:val="0099792E"/>
     <w:rsid w:val="009A02E0"/>
     <w:rsid w:val="009A07C0"/>
     <w:rsid w:val="009A172C"/>
     <w:rsid w:val="009A1883"/>
     <w:rsid w:val="009A4CD0"/>
     <w:rsid w:val="009A5827"/>
     <w:rsid w:val="009A63F3"/>
     <w:rsid w:val="009B0B64"/>
     <w:rsid w:val="009B19CE"/>
     <w:rsid w:val="009B1D07"/>
     <w:rsid w:val="009B3263"/>
     <w:rsid w:val="009B6151"/>
     <w:rsid w:val="009C10F8"/>
     <w:rsid w:val="009C17DC"/>
     <w:rsid w:val="009C1816"/>
     <w:rsid w:val="009C3D65"/>
     <w:rsid w:val="009C4E46"/>
     <w:rsid w:val="009C62D5"/>
     <w:rsid w:val="009C7549"/>
     <w:rsid w:val="009C765C"/>
     <w:rsid w:val="009C7A3C"/>
     <w:rsid w:val="009D009A"/>
@@ -14156,50 +13382,51 @@
     <w:rsid w:val="00EB2D76"/>
     <w:rsid w:val="00EB5DC4"/>
     <w:rsid w:val="00EB6747"/>
     <w:rsid w:val="00EB6C18"/>
     <w:rsid w:val="00EB7FF7"/>
     <w:rsid w:val="00EC0F5A"/>
     <w:rsid w:val="00EC4743"/>
     <w:rsid w:val="00EC6BC8"/>
     <w:rsid w:val="00ED03DF"/>
     <w:rsid w:val="00ED2E4D"/>
     <w:rsid w:val="00ED3217"/>
     <w:rsid w:val="00ED3273"/>
     <w:rsid w:val="00ED417E"/>
     <w:rsid w:val="00ED5A61"/>
     <w:rsid w:val="00ED610C"/>
     <w:rsid w:val="00ED6916"/>
     <w:rsid w:val="00ED6F92"/>
     <w:rsid w:val="00EE0CFF"/>
     <w:rsid w:val="00EE115D"/>
     <w:rsid w:val="00EE133B"/>
     <w:rsid w:val="00EE1973"/>
     <w:rsid w:val="00EE19E8"/>
     <w:rsid w:val="00EE1E77"/>
     <w:rsid w:val="00EE26E9"/>
     <w:rsid w:val="00EE39BF"/>
+    <w:rsid w:val="00EE3B37"/>
     <w:rsid w:val="00EE3ECC"/>
     <w:rsid w:val="00EE5FC7"/>
     <w:rsid w:val="00EE6220"/>
     <w:rsid w:val="00EE6F0E"/>
     <w:rsid w:val="00EF0234"/>
     <w:rsid w:val="00EF16CE"/>
     <w:rsid w:val="00EF32B8"/>
     <w:rsid w:val="00EF340D"/>
     <w:rsid w:val="00EF3F75"/>
     <w:rsid w:val="00EF4C3C"/>
     <w:rsid w:val="00EF51D5"/>
     <w:rsid w:val="00EF588E"/>
     <w:rsid w:val="00EF6D32"/>
     <w:rsid w:val="00F0091F"/>
     <w:rsid w:val="00F0395A"/>
     <w:rsid w:val="00F06EFA"/>
     <w:rsid w:val="00F10F93"/>
     <w:rsid w:val="00F1166D"/>
     <w:rsid w:val="00F12221"/>
     <w:rsid w:val="00F13F06"/>
     <w:rsid w:val="00F14714"/>
     <w:rsid w:val="00F16D31"/>
     <w:rsid w:val="00F16FD2"/>
     <w:rsid w:val="00F175ED"/>
     <w:rsid w:val="00F23D87"/>
@@ -14320,52 +13547,54 @@
     <w:rsid w:val="1109AFA7"/>
     <w:rsid w:val="1146A910"/>
     <w:rsid w:val="12933B5D"/>
     <w:rsid w:val="12E0B872"/>
     <w:rsid w:val="13CAE2E5"/>
     <w:rsid w:val="149CDEC7"/>
     <w:rsid w:val="160A4FF6"/>
     <w:rsid w:val="165CA97E"/>
     <w:rsid w:val="16A425C3"/>
     <w:rsid w:val="17C3ADA9"/>
     <w:rsid w:val="18478606"/>
     <w:rsid w:val="18A60701"/>
     <w:rsid w:val="19828672"/>
     <w:rsid w:val="19B9A1FE"/>
     <w:rsid w:val="1AA24B8D"/>
     <w:rsid w:val="1AF97D5C"/>
     <w:rsid w:val="1C444D3D"/>
     <w:rsid w:val="1D6F2695"/>
     <w:rsid w:val="1E45943C"/>
     <w:rsid w:val="1E5FE858"/>
     <w:rsid w:val="1F5C37FB"/>
     <w:rsid w:val="20318948"/>
     <w:rsid w:val="210857E3"/>
     <w:rsid w:val="217017CA"/>
     <w:rsid w:val="21714DCA"/>
+    <w:rsid w:val="21CCC031"/>
     <w:rsid w:val="23402373"/>
     <w:rsid w:val="23508B41"/>
+    <w:rsid w:val="257EC1D3"/>
     <w:rsid w:val="26F4DFBA"/>
     <w:rsid w:val="277FADE1"/>
     <w:rsid w:val="27F0D7CF"/>
     <w:rsid w:val="293FB215"/>
     <w:rsid w:val="2A1D3FC3"/>
     <w:rsid w:val="2B0BA67A"/>
     <w:rsid w:val="2C3C3E72"/>
     <w:rsid w:val="2CC0939E"/>
     <w:rsid w:val="2DB9B623"/>
     <w:rsid w:val="2EE093FF"/>
     <w:rsid w:val="2F0E5096"/>
     <w:rsid w:val="2FDD4AFB"/>
     <w:rsid w:val="30648AF4"/>
     <w:rsid w:val="3283A0B8"/>
     <w:rsid w:val="32D2F169"/>
     <w:rsid w:val="33CE8AB0"/>
     <w:rsid w:val="357222F5"/>
     <w:rsid w:val="35CF5419"/>
     <w:rsid w:val="361E2C05"/>
     <w:rsid w:val="39FC799A"/>
     <w:rsid w:val="3C3E9717"/>
     <w:rsid w:val="3C40AEC5"/>
     <w:rsid w:val="3C9A627F"/>
     <w:rsid w:val="3CE88E43"/>
     <w:rsid w:val="3DD9CC81"/>
@@ -14469,135 +13698,135 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="309C4CE1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{990DF025-0E85-423A-8AB5-804CA2402FBC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14753,52 +13982,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14865,93 +14094,93 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -15068,342 +14297,342 @@
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
@@ -15415,286 +14644,286 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00995C7B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00995C7B"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0077687A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0077687A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0008648F"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F06EFA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F06EFA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F06EFA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F06EFA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F06EFA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F06EFA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00126629"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00126629"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00840DB5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A4FF3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C17DC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004B2C14"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="004B2C14"/>
     <w:rPr>
       <w:b/>
@@ -15769,60 +14998,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1704595510">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -16089,81 +15317,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...20 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010044047287C87DAB47B7EE60D71ECEE806" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="14505820778981b5bb4a96a1888ca965">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7bf94837-735d-4e7a-9519-ae8589918a85" xmlns:ns3="bb20343e-19dc-43da-b918-0aa774c2807c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="77ad46574e3a252788001ecda1ebde37" ns2:_="" ns3:_="">
     <xsd:import namespace="7bf94837-735d-4e7a-9519-ae8589918a85"/>
     <xsd:import namespace="bb20343e-19dc-43da-b918-0aa774c2807c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16342,132 +15548,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7bf94837-735d-4e7a-9519-ae8589918a85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bb20343e-19dc-43da-b918-0aa774c2807c" xsi:nil="true"/>
+    <SharedWithUsers xmlns="bb20343e-19dc-43da-b918-0aa774c2807c">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8758ADA-8125-4FDB-9782-87E05D055AC6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91498861-121B-4280-9854-76D290FF04DF}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F21A391-5CEF-4781-A625-C795E730E030}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EE3376D-553D-4B21-A5BA-47D9A8D425F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7bf94837-735d-4e7a-9519-ae8589918a85"/>
     <ds:schemaRef ds:uri="bb20343e-19dc-43da-b918-0aa774c2807c"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{512da10d-071b-4b94-8abc-9ec4044d1516}" enabled="0" method="" siteId="{512da10d-071b-4b94-8abc-9ec4044d1516}" removed="1"/>
   <clbl:label id="{59096ad9-8b60-446a-90b7-017dbb9421a3}" enabled="1" method="Standard" siteId="{3d234255-e20f-4205-88a5-9658a402999b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>State of Georgia</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Potter, Amy</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Clark, Jill</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010044047287C87DAB47B7EE60D71ECEE806</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>